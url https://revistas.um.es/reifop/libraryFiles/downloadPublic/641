--- v0 (2025-12-10)
+++ v1 (2026-02-17)
@@ -1,63 +1,62 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xlsx" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/commentsExtended.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtended+xml"/>
   <Override PartName="/word/commentsIds.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsIds+xml"/>
   <Override PartName="/word/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="1B1792FE" w14:textId="77777777" w:rsidR="00695BC4" w:rsidRDefault="00771858" w:rsidP="007C61F6">
       <w:pPr>
         <w:spacing w:before="120" w:line="22" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:b/>
           <w:color w:val="F6BD88"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="OLE_LINK1"/>
       <w:r w:rsidRPr="00521CA5">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
@@ -102,190 +101,200 @@
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40dd-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns="" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                           <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns="" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="7B0C5608" w14:textId="2A5A1E99" w:rsidR="00C94C45" w:rsidRPr="00880126" w:rsidRDefault="00490D2B" w:rsidP="003A688C">
+                          <w:p w14:paraId="7B0C5608" w14:textId="2DAE6008" w:rsidR="00C94C45" w:rsidRPr="00880126" w:rsidRDefault="00490D2B" w:rsidP="003A688C">
                             <w:pPr>
                               <w:jc w:val="right"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                                 <w:b/>
                                 <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:ins w:id="1" w:author="Javier Maquilón Sánchez" w:date="2019-05-17T10:18:00Z">
-[...9 lines deleted...]
-                            </w:ins>
+                            <w:r w:rsidRPr="00880126">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                                <w:b/>
+                                <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+                                <w:sz w:val="18"/>
+                              </w:rPr>
+                              <w:t>Re</w:t>
+                            </w:r>
                             <w:r w:rsidR="00C94C45" w:rsidRPr="00880126">
                               <w:rPr>
                                 <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                                 <w:b/>
                                 <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
                                 <w:sz w:val="18"/>
                               </w:rPr>
-                              <w:t>cepción: ej.: 6 de julio de 2013</w:t>
+                              <w:t>cepción: ej.: 6 de julio de 20</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00FD3000">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                                <w:b/>
+                                <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+                                <w:sz w:val="18"/>
+                              </w:rPr>
+                              <w:t>26</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="6D608C43" w14:textId="6E68FE1D" w:rsidR="00C94C45" w:rsidRPr="00880126" w:rsidRDefault="00490D2B" w:rsidP="003A688C">
                             <w:pPr>
                               <w:jc w:val="right"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                                 <w:b/>
                                 <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:ins w:id="2" w:author="Javier Maquilón Sánchez" w:date="2019-05-17T10:18:00Z">
-[...9 lines deleted...]
-                            </w:ins>
+                            <w:r w:rsidRPr="00880126">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                                <w:b/>
+                                <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+                                <w:sz w:val="18"/>
+                              </w:rPr>
+                              <w:t>A</w:t>
+                            </w:r>
                             <w:r w:rsidR="00C94C45" w:rsidRPr="00880126">
                               <w:rPr>
                                 <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                                 <w:b/>
                                 <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                               <w:t>ceptación:</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="91440" rIns="91440" bIns="91440" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="45284788" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Text Box 41" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:225pt;margin-top:-9pt;width:207pt;height:45pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQBBTf+iPwIAAEYEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8lu2zAQvRfoPxC8K1oiLzIsB17iokC6&#13;&#10;AEk/gKYoS6jEYUnakhv03zukbNdtb0UvBGd7s7yZ+UPfNuQotKlB5jS+iygRkkNRy31Ov7xsgykl&#13;&#10;xjJZsAakyOlJGPqwePtm3qmZSKCCphCaIIg0s07ltLJWzcLQ8Eq0zNyBEhKNJeiWWRT1Piw06xC9&#13;&#10;bcIkisZhB7pQGrgwBrWbwUgXHr8sBbefytIIS5qcYm3Wv9q/O/eGizmb7TVTVc3PZbB/qKJltcSk&#13;&#10;V6gNs4wcdP0XVFtzDQZKe8ehDaEsay58D9hNHP3RzXPFlPC94HCMuo7J/D9Y/vH4WZO6yOk9JZK1&#13;&#10;SNGL6C1ZQU/S2I2nU2aGXs8K/WyPeqTZt2rUE/CvhkhYV0zuxVJr6CrBCizPR4Y3oQOOcSC77gMU&#13;&#10;mIcdLHigvtStmx1OgyA60nS6UuNq4ahMxsk0i9DE0TaaxCP8Y3Ehm12ilTb2nYCWuE9ONVLv0dnx&#13;&#10;ydjB9eLikknY1k3j6W/kbwrEHDSYG0OdzVXh2XzNouxx+jhNgzQZPwZpVBTBcrtOg/E2now295v1&#13;&#10;ehP/GLbqJihO0miVZMF2PJ0EaZmOgmwSTYMozlbZOEqzdLP1QZj6ktQPz81rmJztd/2ZjB0UJxyj&#13;&#10;hmGZ8fjwU4H+TkmHi5xT8+3AtKCkeS+RiixOU7f5t4K+FXa3ApMcoXJqKRm+aztcy0Hpel9hpoF8&#13;&#10;CUukr6z9ZB3PQ1XIiBNwWT0358Ny13Are69f57/4CQAA//8DAFBLAwQUAAYACAAAACEAgYDY4uEA&#13;&#10;AAAPAQAADwAAAGRycy9kb3ducmV2LnhtbEyP3U7DMAyF75F4h8hI3G3Jpm2tuqYT2sQDMJC4TZus&#13;&#10;qUicqkl/2NNjruDGOpbt4/OVp8U7NpkhdgElbNYCmMEm6A5bCR/vr6scWEwKtXIBjYRvE+FUPT6U&#13;&#10;qtBhxjczXVPLyARjoSTYlPqC89hY41Vch94gzW5h8CpRO7RcD2omc+/4VogD96pD+mBVb87WNF/X&#13;&#10;0Uto7uMlP3f1NN+zz6xerNvf0En5/LRcjlRejsCSWdLfBfwyUH6oKFgdRtSROQm7vSCgJGG1yUnQ&#13;&#10;Rn7YkaglZFsBvCr5f47qBwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#13;&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#13;&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAEFN/6I/AgAARgQA&#13;&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAIGA2OLhAAAA&#13;&#10;DwEAAA8AAAAAAAAAAAAAAAAAmQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACnBQAA&#13;&#10;AAA=&#13;&#10;" filled="f" stroked="f">
+              <v:shape id="Text Box 41" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:225pt;margin-top:-9pt;width:207pt;height:45pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQCoZnjf2QEAAKEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjgO2q414hRdiw4D&#13;&#10;ugvQ7QNkWbaF2aJGKrGzrx8lp2m2vhV7EXjzIc8hvb6ehl7sDJIFV8p8sZTCOA21dW0pf3y/f3cp&#13;&#10;BQXlatWDM6XcG5LXm7dv1qMvzAo66GuDgkEcFaMvZReCL7KMdGcGRQvwxnGyARxUYBfbrEY1MvrQ&#13;&#10;Z6vl8iIbAWuPoA0RR+/mpNwk/KYxOnxtGjJB9KXk2UJ6Mb1VfLPNWhUtKt9ZfRhDvWKKQVnHTY9Q&#13;&#10;dyoosUX7AmqwGoGgCQsNQwZNY7VJHJhNvvyHzWOnvElcWBzyR5no/8HqL7tH/w1FmD7AxAtMJMg/&#13;&#10;gP5JwsFtp1xrbhBh7IyquXEeJctGT8Xh0yg1FRRBqvEz1LxktQ2QgKYGh6gK8xSMzgvYH0U3UxCa&#13;&#10;g6uL1eXVklOac+fv83O2YwtVPH3tkcJHA4OIRimRl5rQ1e6Bwlz6VBKbObi3fZ8W27u/AowZI2n6&#13;&#10;OPA8epiqiasjiwrqPfNAmO+E75qNDvC3FCPfSCnp11ahkaL/5FiLq/zsLB7VqYOnTnXqKKcZqpRB&#13;&#10;itm8DfMhbj3atuNOs/oObli/xiZqz1Md5uY7SOIcbjYe2qmfqp7/rM0fAAAA//8DAFBLAwQUAAYA&#13;&#10;CAAAACEAgYDY4uEAAAAPAQAADwAAAGRycy9kb3ducmV2LnhtbEyP3U7DMAyF75F4h8hI3G3Jpm2t&#13;&#10;uqYT2sQDMJC4TZusqUicqkl/2NNjruDGOpbt4/OVp8U7NpkhdgElbNYCmMEm6A5bCR/vr6scWEwK&#13;&#10;tXIBjYRvE+FUPT6UqtBhxjczXVPLyARjoSTYlPqC89hY41Vch94gzW5h8CpRO7RcD2omc+/4VogD&#13;&#10;96pD+mBVb87WNF/X0Uto7uMlP3f1NN+zz6xerNvf0En5/LRcjlRejsCSWdLfBfwyUH6oKFgdRtSR&#13;&#10;OQm7vSCgJGG1yUnQRn7YkaglZFsBvCr5f47qBwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#13;&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#13;&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#13;&#10;AKhmeN/ZAQAAoQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#13;&#10;AAAhAIGA2OLhAAAADwEAAA8AAAAAAAAAAAAAAAAAMwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#13;&#10;BAAEAPMAAABBBQAAAAA=&#13;&#10;" filled="f" stroked="f">
                 <v:textbox inset=",7.2pt,,7.2pt">
                   <w:txbxContent>
-                    <w:p w14:paraId="7B0C5608" w14:textId="2A5A1E99" w:rsidR="00C94C45" w:rsidRPr="00880126" w:rsidRDefault="00490D2B" w:rsidP="003A688C">
+                    <w:p w14:paraId="7B0C5608" w14:textId="2DAE6008" w:rsidR="00C94C45" w:rsidRPr="00880126" w:rsidRDefault="00490D2B" w:rsidP="003A688C">
                       <w:pPr>
                         <w:jc w:val="right"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                           <w:b/>
                           <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
                           <w:sz w:val="18"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:ins w:id="3" w:author="Javier Maquilón Sánchez" w:date="2019-05-17T10:18:00Z">
-[...9 lines deleted...]
-                      </w:ins>
+                      <w:r w:rsidRPr="00880126">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                          <w:b/>
+                          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+                          <w:sz w:val="18"/>
+                        </w:rPr>
+                        <w:t>Re</w:t>
+                      </w:r>
                       <w:r w:rsidR="00C94C45" w:rsidRPr="00880126">
                         <w:rPr>
                           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                           <w:b/>
                           <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
                           <w:sz w:val="18"/>
                         </w:rPr>
-                        <w:t>cepción: ej.: 6 de julio de 2013</w:t>
+                        <w:t>cepción: ej.: 6 de julio de 20</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00FD3000">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                          <w:b/>
+                          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+                          <w:sz w:val="18"/>
+                        </w:rPr>
+                        <w:t>26</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="6D608C43" w14:textId="6E68FE1D" w:rsidR="00C94C45" w:rsidRPr="00880126" w:rsidRDefault="00490D2B" w:rsidP="003A688C">
                       <w:pPr>
                         <w:jc w:val="right"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                           <w:b/>
                           <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
                           <w:sz w:val="18"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:ins w:id="4" w:author="Javier Maquilón Sánchez" w:date="2019-05-17T10:18:00Z">
-[...9 lines deleted...]
-                      </w:ins>
+                      <w:r w:rsidRPr="00880126">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+                          <w:b/>
+                          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+                          <w:sz w:val="18"/>
+                        </w:rPr>
+                        <w:t>A</w:t>
+                      </w:r>
                       <w:r w:rsidR="00C94C45" w:rsidRPr="00880126">
                         <w:rPr>
                           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                           <w:b/>
                           <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
                           <w:sz w:val="18"/>
                         </w:rPr>
                         <w:t>ceptación:</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="tight"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
         <w:r w:rsidR="00395B26" w:rsidRPr="00521CA5">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
             <w:b/>
             <w:color w:val="F6BD88"/>
@@ -319,109 +328,109 @@
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1F7654D2" w14:textId="77777777" w:rsidR="00695BC4" w:rsidRDefault="00695BC4" w:rsidP="007C61F6">
       <w:pPr>
         <w:spacing w:before="120" w:line="22" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="19A0C858" w14:textId="77777777" w:rsidR="00F277D0" w:rsidRDefault="00E17C51" w:rsidP="007C61F6">
       <w:pPr>
         <w:spacing w:before="120" w:line="22" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:commentRangeStart w:id="5"/>
-      <w:commentRangeEnd w:id="5"/>
+      <w:commentRangeStart w:id="1"/>
+      <w:commentRangeEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
         </w:rPr>
-        <w:commentReference w:id="5"/>
-[...2 lines deleted...]
-      <w:commentRangeEnd w:id="6"/>
+        <w:commentReference w:id="1"/>
+      </w:r>
+      <w:commentRangeStart w:id="2"/>
+      <w:commentRangeEnd w:id="2"/>
       <w:r w:rsidR="0004412E">
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
         </w:rPr>
-        <w:commentReference w:id="6"/>
+        <w:commentReference w:id="2"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="48329975" w14:textId="77777777" w:rsidR="0023539C" w:rsidRDefault="0023539C" w:rsidP="007C61F6">
       <w:pPr>
         <w:spacing w:before="120" w:line="22" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:commentRangeStart w:id="7"/>
+      <w:commentRangeStart w:id="3"/>
       <w:r w:rsidRPr="004001FA">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t>Título del artículo</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="7"/>
+      <w:commentRangeEnd w:id="3"/>
       <w:r w:rsidR="00A263B9">
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
         </w:rPr>
-        <w:commentReference w:id="7"/>
+        <w:commentReference w:id="3"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5835EDE7" w14:textId="77777777" w:rsidR="0023539C" w:rsidRPr="008F2711" w:rsidRDefault="0023539C" w:rsidP="007C61F6">
       <w:pPr>
         <w:spacing w:before="120" w:line="22" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="27F48CF0" w14:textId="77777777" w:rsidR="003241AB" w:rsidRPr="008F2711" w:rsidRDefault="0023539C" w:rsidP="003241AB">
       <w:pPr>
         <w:spacing w:before="120" w:line="22" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:commentRangeStart w:id="8"/>
+      <w:commentRangeStart w:id="4"/>
       <w:r w:rsidRPr="008F2711">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Autor</w:t>
       </w:r>
       <w:r w:rsidR="00CD1010" w:rsidRPr="008F2711">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1 </w:t>
       </w:r>
       <w:r w:rsidRPr="008F2711">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Nombre y Apellidos</w:t>
       </w:r>
       <w:r w:rsidR="003241AB" w:rsidRPr="008F2711">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:sz w:val="22"/>
@@ -434,209 +443,209 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2</w:t>
       </w:r>
       <w:r w:rsidR="003241AB" w:rsidRPr="008F2711">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Nombre y Apellidos, Autor</w:t>
       </w:r>
       <w:r w:rsidR="00CD1010" w:rsidRPr="008F2711">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3</w:t>
       </w:r>
       <w:r w:rsidR="003241AB" w:rsidRPr="008F2711">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Nombre y Apellidos</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="8"/>
+      <w:commentRangeEnd w:id="4"/>
       <w:r w:rsidR="00E84724" w:rsidRPr="008F2711">
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:commentReference w:id="8"/>
+        <w:commentReference w:id="4"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BCF9ABE" w14:textId="77777777" w:rsidR="0023539C" w:rsidRPr="008F2711" w:rsidRDefault="0023539C" w:rsidP="007C61F6">
       <w:pPr>
         <w:spacing w:before="120" w:line="22" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:commentRangeStart w:id="9"/>
+      <w:commentRangeStart w:id="5"/>
       <w:r w:rsidRPr="008F2711">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Filiación</w:t>
       </w:r>
       <w:r w:rsidR="003241AB" w:rsidRPr="008F2711">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> profesional de los autores</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="9"/>
+      <w:commentRangeEnd w:id="5"/>
       <w:r w:rsidR="00A16F6B" w:rsidRPr="008F2711">
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:commentReference w:id="9"/>
+        <w:commentReference w:id="5"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="167056C6" w14:textId="77777777" w:rsidR="003A688C" w:rsidRPr="008F2711" w:rsidRDefault="003A688C" w:rsidP="007C61F6">
       <w:pPr>
         <w:spacing w:before="120" w:line="22" w:lineRule="atLeast"/>
         <w:ind w:right="-3"/>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6EBDA532" w14:textId="77777777" w:rsidR="001E65BF" w:rsidRPr="008F2711" w:rsidRDefault="001E65BF" w:rsidP="007C61F6">
       <w:pPr>
         <w:spacing w:before="120" w:line="22" w:lineRule="atLeast"/>
         <w:ind w:right="-3"/>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="7C776300" w14:textId="77777777" w:rsidR="00C953E2" w:rsidRPr="00D15289" w:rsidRDefault="00EA0350" w:rsidP="007C61F6">
       <w:pPr>
         <w:spacing w:before="120" w:line="22" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="FootlightMTLight"/>
           <w:b/>
           <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:commentRangeStart w:id="10"/>
+      <w:commentRangeStart w:id="6"/>
       <w:r w:rsidRPr="00D15289">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="FootlightMTLight"/>
           <w:b/>
           <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidR="007C61F6" w:rsidRPr="00D15289">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="FootlightMTLight"/>
           <w:b/>
           <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>esumen</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="10"/>
+      <w:commentRangeEnd w:id="6"/>
       <w:r w:rsidR="00723CA6" w:rsidRPr="00D15289">
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:commentReference w:id="10"/>
+        <w:commentReference w:id="6"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B1DF050" w14:textId="77777777" w:rsidR="009B0894" w:rsidRPr="008F2711" w:rsidRDefault="009B0894" w:rsidP="007C61F6">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="120" w:line="22" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F2711">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>El resumen en español no debe contener más de 200 palabras, redactado en Candara a 10 puntos, interlineado a 1.1, 6 puntos entre párrafos y justificado.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1698E38A" w14:textId="77777777" w:rsidR="007C61F6" w:rsidRPr="008F2711" w:rsidRDefault="007C61F6" w:rsidP="007C61F6">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="120" w:line="22" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:b/>
           <w:snapToGrid w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:commentRangeStart w:id="11"/>
+      <w:commentRangeStart w:id="7"/>
       <w:r w:rsidRPr="008F2711">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:b/>
           <w:snapToGrid w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Palabras clave</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="11"/>
+      <w:commentRangeEnd w:id="7"/>
       <w:r w:rsidR="00F3019B" w:rsidRPr="008F2711">
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:commentReference w:id="11"/>
+        <w:commentReference w:id="7"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="025DDAA3" w14:textId="77777777" w:rsidR="00F96535" w:rsidRPr="008F2711" w:rsidRDefault="00F96535" w:rsidP="007C61F6">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="120" w:line="22" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F2711">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>El trabajo recogerá cuatro palabras clave en castellano separadas por punto y coma (;). Ejemplo:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="659946DA" w14:textId="77777777" w:rsidR="00EA0350" w:rsidRPr="008F2711" w:rsidRDefault="00CD1010" w:rsidP="007C61F6">
       <w:pPr>
         <w:suppressAutoHyphens/>
@@ -667,194 +676,194 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="64DCE31F" w14:textId="77777777" w:rsidR="00EA0350" w:rsidRPr="008F2711" w:rsidRDefault="00EA0350" w:rsidP="007C61F6">
       <w:pPr>
         <w:spacing w:before="120" w:line="22" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="09021952" w14:textId="77777777" w:rsidR="001E65BF" w:rsidRDefault="001E65BF" w:rsidP="001E65BF">
       <w:pPr>
         <w:spacing w:before="120" w:line="22" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:commentRangeStart w:id="12"/>
+      <w:commentRangeStart w:id="8"/>
       <w:r w:rsidRPr="004001FA">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t>Título del artículo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> en inglés</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="12"/>
+      <w:commentRangeEnd w:id="8"/>
       <w:r w:rsidR="005A00F6">
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
         </w:rPr>
-        <w:commentReference w:id="12"/>
+        <w:commentReference w:id="8"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="30921856" w14:textId="77777777" w:rsidR="00D01A34" w:rsidRPr="00880126" w:rsidRDefault="00D01A34" w:rsidP="007C61F6">
       <w:pPr>
         <w:spacing w:before="120" w:line="22" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6FBC61E6" w14:textId="77777777" w:rsidR="00761CAF" w:rsidRPr="00880126" w:rsidRDefault="00761CAF" w:rsidP="007C61F6">
       <w:pPr>
         <w:spacing w:before="120" w:line="22" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:b/>
           <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:commentRangeStart w:id="13"/>
+      <w:commentRangeStart w:id="9"/>
       <w:r w:rsidRPr="00880126">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:b/>
           <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="001E65BF" w:rsidRPr="00880126">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:b/>
           <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>bstract</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="13"/>
+      <w:commentRangeEnd w:id="9"/>
       <w:r w:rsidR="00FA39A3" w:rsidRPr="00D15289">
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:commentReference w:id="13"/>
+        <w:commentReference w:id="9"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="29049969" w14:textId="77777777" w:rsidR="00761CAF" w:rsidRPr="008F2711" w:rsidRDefault="00F96535" w:rsidP="0004412E">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="120" w:line="22" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F2711">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>El resumen en español no debe contener más de 200 palabras, redactado en Candara a 10 puntos, interlineado a 1.1, 6 puntos entre párrafos y justificado.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="307E1781" w14:textId="77777777" w:rsidR="001E65BF" w:rsidRPr="00880126" w:rsidRDefault="00761CAF" w:rsidP="007C61F6">
       <w:pPr>
         <w:spacing w:before="120" w:line="22" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:commentRangeStart w:id="14"/>
+      <w:commentRangeStart w:id="10"/>
       <w:r w:rsidRPr="00880126">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>K</w:t>
       </w:r>
       <w:r w:rsidR="001E65BF" w:rsidRPr="00880126">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ey </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="001E65BF" w:rsidRPr="00880126">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>words</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="14"/>
+      <w:commentRangeEnd w:id="10"/>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="008571F4" w:rsidRPr="00880126">
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:commentReference w:id="14"/>
+        <w:commentReference w:id="10"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="705878D7" w14:textId="77777777" w:rsidR="00F96535" w:rsidRPr="008F2711" w:rsidRDefault="00F96535" w:rsidP="00F96535">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="120" w:line="22" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F2711">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>El trabajo recogerá cuatro palabras clave en inglés separadas por punto y coma (;). Ejemplo:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D20CD2A" w14:textId="77777777" w:rsidR="00D01A34" w:rsidRPr="00880126" w:rsidRDefault="00F96E50" w:rsidP="007C61F6">
       <w:pPr>
         <w:spacing w:before="120" w:line="22" w:lineRule="atLeast"/>
@@ -1054,74 +1063,71 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="06EC0646" w14:textId="77777777" w:rsidR="00AC5AB6" w:rsidRPr="00880126" w:rsidRDefault="00AC5AB6" w:rsidP="00AC5AB6">
       <w:pPr>
         <w:spacing w:before="120" w:line="22" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="27B96786" w14:textId="77777777" w:rsidR="00FB0320" w:rsidRPr="00880126" w:rsidRDefault="00FB0320" w:rsidP="007C61F6">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="120" w:line="22" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:b/>
           <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:commentRangeStart w:id="15"/>
+      <w:commentRangeStart w:id="11"/>
       <w:r w:rsidRPr="005B7C63">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:b/>
           <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Introducción</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="15"/>
+      <w:commentRangeEnd w:id="11"/>
       <w:r w:rsidR="00C126D8">
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:commentReference w:id="15"/>
-[...3 lines deleted...]
-    <w:bookmarkEnd w:id="16"/>
+        <w:commentReference w:id="11"/>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="0EC54D15" w14:textId="77777777" w:rsidR="004F575F" w:rsidRPr="008F2711" w:rsidRDefault="004F575F" w:rsidP="004F575F">
       <w:pPr>
         <w:spacing w:before="120" w:line="22" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F2711">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>La extensión máxima del trabajo será de 5000 palabras, excluyendo bibliografía y anexos. El cuerpo del texto irá justificado y redactado en Candara a 1</w:t>
       </w:r>
       <w:r w:rsidR="008F2711">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>1</w:t>
@@ -1386,195 +1392,197 @@
         </w:rPr>
         <w:t>, dejando un salto de línea entre el texto y la tabla</w:t>
       </w:r>
       <w:r w:rsidRPr="008F2711">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>.  Ejemplo:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E3A8A5F" w14:textId="77777777" w:rsidR="00AC5AB6" w:rsidRPr="008F2711" w:rsidRDefault="00AC5AB6" w:rsidP="005D5195">
       <w:pPr>
         <w:spacing w:before="120" w:line="22" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="76DB17E7" w14:textId="77777777" w:rsidR="00E11FD2" w:rsidRPr="00E95945" w:rsidRDefault="005D5195" w:rsidP="00C94C45">
+    <w:p w14:paraId="76DB17E7" w14:textId="77777777" w:rsidR="00E11FD2" w:rsidRPr="00FD3000" w:rsidRDefault="005D5195" w:rsidP="00C94C45">
       <w:pPr>
         <w:spacing w:before="120" w:line="22" w:lineRule="atLeast"/>
         <w:ind w:left="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
-          <w:sz w:val="22"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:commentRangeStart w:id="12"/>
+      <w:r w:rsidRPr="00FD3000">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Tabla 1. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E30FE5D" w14:textId="77777777" w:rsidR="005D5195" w:rsidRPr="008F2711" w:rsidRDefault="005D5195" w:rsidP="00C94C45">
+    <w:p w14:paraId="4E30FE5D" w14:textId="77777777" w:rsidR="005D5195" w:rsidRPr="00FD3000" w:rsidRDefault="005D5195" w:rsidP="00C94C45">
       <w:pPr>
         <w:spacing w:before="120" w:line="22" w:lineRule="atLeast"/>
         <w:ind w:left="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008F2711">
+      <w:r w:rsidRPr="00FD3000">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Distribución de alumnos participantes por titulación</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="17"/>
-      <w:r w:rsidR="00E11FD2">
+      <w:commentRangeEnd w:id="12"/>
+      <w:r w:rsidR="00E11FD2" w:rsidRPr="00FD3000">
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
-        </w:rPr>
-        <w:commentReference w:id="17"/>
+          <w:i/>
+        </w:rPr>
+        <w:commentReference w:id="12"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4230"/>
         <w:gridCol w:w="1650"/>
         <w:gridCol w:w="1170"/>
       </w:tblGrid>
       <w:tr w:rsidR="005D5195" w:rsidRPr="00456520" w14:paraId="19325E0B" w14:textId="77777777" w:rsidTr="00E95945">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="280"/>
           <w:tblHeader/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="489B22F5" w14:textId="77777777" w:rsidR="005D5195" w:rsidRPr="008F2711" w:rsidRDefault="005D5195" w:rsidP="00553BA1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F2711">
               <w:rPr>
                 <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Titulación</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1650" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0298DD6F" w14:textId="77777777" w:rsidR="005D5195" w:rsidRPr="008F2711" w:rsidRDefault="005D5195" w:rsidP="00553BA1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F2711">
               <w:rPr>
                 <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Frecuencia</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3D73A94A" w14:textId="77777777" w:rsidR="005D5195" w:rsidRPr="008F2711" w:rsidRDefault="005D5195" w:rsidP="00553BA1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F2711">
               <w:rPr>
                 <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
@@ -1778,637 +1786,703 @@
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="653AC479" wp14:editId="1A90442E">
             <wp:extent cx="2308860" cy="1763395"/>
             <wp:effectExtent l="0" t="0" r="27940" b="14605"/>
             <wp:docPr id="6" name="Gráfico 6"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
                 <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId11"/>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D0044B6" w14:textId="77777777" w:rsidR="005D5195" w:rsidRPr="005D5195" w:rsidRDefault="005D5195" w:rsidP="005D5195">
       <w:pPr>
         <w:spacing w:before="120" w:line="22" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:commentRangeStart w:id="18"/>
+      <w:commentRangeStart w:id="13"/>
       <w:r w:rsidRPr="005D5195">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Figura 1. </w:t>
       </w:r>
       <w:r w:rsidRPr="00E95945">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribución de participantes por asignaturas </w:t>
       </w:r>
-      <w:commentRangeEnd w:id="18"/>
+      <w:commentRangeEnd w:id="13"/>
       <w:r w:rsidR="00C94C45" w:rsidRPr="00E95945">
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
         </w:rPr>
-        <w:commentReference w:id="18"/>
+        <w:commentReference w:id="13"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E58DC5A" w14:textId="77777777" w:rsidR="00521CA5" w:rsidRPr="00AA5BEF" w:rsidRDefault="00521CA5" w:rsidP="007C61F6">
       <w:pPr>
         <w:spacing w:before="120" w:line="22" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="520A2131" w14:textId="77777777" w:rsidR="00FB0320" w:rsidRPr="005B7C63" w:rsidRDefault="00472E95" w:rsidP="007C61F6">
       <w:pPr>
         <w:spacing w:before="120" w:line="22" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:b/>
           <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:commentRangeStart w:id="19"/>
+      <w:commentRangeStart w:id="14"/>
       <w:r w:rsidRPr="005B7C63">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:b/>
           <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Título del epígrafe o apartado</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="19"/>
+      <w:commentRangeEnd w:id="14"/>
       <w:r w:rsidR="00553BA1" w:rsidRPr="005B7C63">
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:commentReference w:id="19"/>
+        <w:commentReference w:id="14"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="69A82CFD" w14:textId="77777777" w:rsidR="0011575F" w:rsidRPr="0011575F" w:rsidRDefault="0011575F" w:rsidP="00604904">
       <w:pPr>
         <w:spacing w:before="120" w:line="22" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:b/>
           <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:commentRangeStart w:id="20"/>
+      <w:commentRangeStart w:id="15"/>
       <w:r w:rsidRPr="0011575F">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:b/>
           <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Título de sub-apartado</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="20"/>
+      <w:commentRangeEnd w:id="15"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
         </w:rPr>
-        <w:commentReference w:id="20"/>
+        <w:commentReference w:id="15"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="73D2DE18" w14:textId="77777777" w:rsidR="003F4D35" w:rsidRPr="005B7C63" w:rsidRDefault="003F4D35" w:rsidP="00604904">
       <w:pPr>
         <w:spacing w:before="120" w:line="22" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005B7C63">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Cada nuevo apartado o epígrafe irá enunciado a Candara 1</w:t>
       </w:r>
       <w:r w:rsidR="005B7C63">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="005B7C63">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> puntos, negrita (color).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B9F260B" w14:textId="77777777" w:rsidR="00456520" w:rsidRDefault="00456520" w:rsidP="00456520">
+    <w:p w14:paraId="7B9F260B" w14:textId="77777777" w:rsidR="00456520" w:rsidRDefault="00456520" w:rsidP="008013EB">
       <w:pPr>
         <w:spacing w:before="120" w:line="22" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005B7C63">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>El cuerpo del texto irá redactado a Candara a 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="005B7C63">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> puntos, interlineado a 1.1 y justificado, añadiendo un salto de línea una vez finalizado el epígrafe antes de comenzar el siguiente.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2383606B" w14:textId="77777777" w:rsidR="000A4221" w:rsidRPr="005B7C63" w:rsidRDefault="000A4221" w:rsidP="00456520">
+    <w:p w14:paraId="2383606B" w14:textId="77777777" w:rsidR="000A4221" w:rsidRPr="005B7C63" w:rsidRDefault="000A4221" w:rsidP="008013EB">
       <w:pPr>
         <w:spacing w:before="120" w:line="22" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Insertar un salto de línea entre el final de un apartado (sub-apartado) y el siguiente.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0216BC6C" w14:textId="77777777" w:rsidR="00456520" w:rsidRPr="005B7C63" w:rsidRDefault="00456520" w:rsidP="00456520">
+    <w:p w14:paraId="391BB7A5" w14:textId="77777777" w:rsidR="00FD3000" w:rsidRDefault="00456520" w:rsidP="00456520">
       <w:pPr>
         <w:spacing w:before="120" w:line="22" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Cada sub-apartado irá enunciado a Candara 11 puntos, negrita (color).</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3D471CA7" w14:textId="77777777" w:rsidR="005B7C63" w:rsidRDefault="005B7C63" w:rsidP="005A17DC">
+        <w:t>Cada sub-apartado irá enunciado a Candara 11 puntos, negrita (color)</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD3000">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7088B3E8" w14:textId="25624ABD" w:rsidR="00FD3000" w:rsidRPr="005B7C63" w:rsidRDefault="00FD3000" w:rsidP="00456520">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="22" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Debe plantearse la pregunta de investigación y formular los objetivos específicos numerados.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D471CA7" w14:textId="3A036C61" w:rsidR="005B7C63" w:rsidRDefault="005B7C63" w:rsidP="005A17DC">
       <w:pPr>
         <w:spacing w:before="120" w:line="22" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:b/>
           <w:color w:val="E36C0A"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6C230CF5" w14:textId="77777777" w:rsidR="005A17DC" w:rsidRPr="005B7C63" w:rsidRDefault="005A17DC" w:rsidP="005A17DC">
+    <w:p w14:paraId="6C230CF5" w14:textId="36C9C686" w:rsidR="005A17DC" w:rsidRPr="005B7C63" w:rsidRDefault="005A17DC" w:rsidP="005A17DC">
       <w:pPr>
         <w:spacing w:before="120" w:line="22" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:b/>
           <w:color w:val="E36C0A"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:commentRangeStart w:id="21"/>
       <w:r w:rsidRPr="005B7C63">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:b/>
           <w:color w:val="E36C0A"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>Metodología</w:t>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="005B7C63">
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="008013EB">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:b/>
           <w:color w:val="E36C0A"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:tab/>
-[...193 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t>é</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B7C63">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:b/>
           <w:color w:val="E36C0A"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="005B7C63">
+        <w:t>tod</w:t>
+      </w:r>
+      <w:r w:rsidR="008013EB">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:b/>
           <w:color w:val="E36C0A"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>Discusión y conclusiones</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="08B27585" w14:textId="77777777" w:rsidR="00FB0320" w:rsidRPr="00456520" w:rsidRDefault="00263FB0" w:rsidP="007C61F6">
+        <w:t>o</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17B4FF21" w14:textId="0BD2272C" w:rsidR="00D37BE0" w:rsidRPr="00456520" w:rsidRDefault="00553BA1" w:rsidP="00553BA1">
       <w:pPr>
         <w:spacing w:before="120" w:line="22" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00456520">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>El cuerpo del texto irá redactado a Candara a 1</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000A4221">
+        <w:t xml:space="preserve">Este apartado se incluirá en trabajos empíricos. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D37BE0" w:rsidRPr="00456520">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>1</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00456520">
+        <w:t>Debe contener l</w:t>
+      </w:r>
+      <w:r w:rsidR="007D66D0" w:rsidRPr="00456520">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> puntos, interlineado a 1.1 y justificado, añadiendo un salto de línea una vez finalizado el epígrafe antes de comenzar el siguiente.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="415311EF" w14:textId="77777777" w:rsidR="00FB0320" w:rsidRPr="00456520" w:rsidRDefault="00FB0320" w:rsidP="007C61F6">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00D37BE0" w:rsidRPr="00456520">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> siguiente </w:t>
+      </w:r>
+      <w:r w:rsidR="007D66D0" w:rsidRPr="00456520">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>información</w:t>
+      </w:r>
+      <w:r w:rsidR="00D37BE0" w:rsidRPr="00456520">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>: participantes</w:t>
+      </w:r>
+      <w:r w:rsidR="007D66D0" w:rsidRPr="00456520">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00D37BE0" w:rsidRPr="00456520">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> diseño</w:t>
+      </w:r>
+      <w:r w:rsidR="007D66D0" w:rsidRPr="00456520">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00D37BE0" w:rsidRPr="00456520">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> instrumento</w:t>
+      </w:r>
+      <w:r w:rsidR="007D66D0" w:rsidRPr="00456520">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00D37BE0" w:rsidRPr="00456520">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> procedimiento y resultados</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD3000">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> para cada uno de los objetivos específicos que se hayan formulado</w:t>
+      </w:r>
+      <w:r w:rsidR="00D37BE0" w:rsidRPr="00456520">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15AC4CAA" w14:textId="77777777" w:rsidR="00553BA1" w:rsidRDefault="00D37BE0" w:rsidP="00553BA1">
       <w:pPr>
         <w:spacing w:before="120" w:line="22" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="2AE3D485" w14:textId="77777777" w:rsidR="00FB0320" w:rsidRPr="00490D2B" w:rsidRDefault="00E95945" w:rsidP="007C61F6">
+      <w:r w:rsidRPr="00456520">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">El cuerpo del texto irá redactado a </w:t>
+      </w:r>
+      <w:r w:rsidR="00553BA1" w:rsidRPr="00456520">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Candara a 1</w:t>
+      </w:r>
+      <w:r w:rsidR="005B7C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00553BA1" w:rsidRPr="005B7C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> puntos, interlineado a 1.1 y justificado, añadiendo un salto de línea una vez finalizado el epígrafe antes de comenzar el siguiente.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E05C7AA" w14:textId="77777777" w:rsidR="005B7C63" w:rsidRPr="005B7C63" w:rsidRDefault="005B7C63" w:rsidP="00553BA1">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="22" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Cada sub</w:t>
+      </w:r>
+      <w:r w:rsidR="00456520">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-apartado irá enunciado a Candara 11 puntos, negrita (color).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EC97730" w14:textId="77777777" w:rsidR="005A17DC" w:rsidRPr="005B7C63" w:rsidRDefault="005A17DC" w:rsidP="005A17DC">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="22" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61EE2947" w14:textId="77777777" w:rsidR="005A17DC" w:rsidRPr="005B7C63" w:rsidRDefault="005A17DC" w:rsidP="005A17DC">
       <w:pPr>
         <w:spacing w:before="120" w:line="22" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:b/>
           <w:color w:val="E36C0A"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:ins w:id="22" w:author="Ana Mirete Ruiz" w:date="2019-05-15T11:13:00Z">
-[...12 lines deleted...]
-    <w:p w14:paraId="015CABDE" w14:textId="77777777" w:rsidR="00D37BE0" w:rsidRPr="00456520" w:rsidRDefault="00D37BE0" w:rsidP="00D37BE0">
+      <w:r w:rsidRPr="005B7C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:b/>
+          <w:color w:val="E36C0A"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Discusión y conclusiones</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08B27585" w14:textId="77777777" w:rsidR="00FB0320" w:rsidRPr="00456520" w:rsidRDefault="00263FB0" w:rsidP="007C61F6">
       <w:pPr>
         <w:spacing w:before="120" w:line="22" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00456520">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Al final del documento se incluirán TODAS las referencias bibliográficas CONTENIDAS en el texto siguiendo la normativa APA 6ª Edición  con un sangrado a la derecha.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5B3A03F1" w14:textId="77777777" w:rsidR="00D37BE0" w:rsidRPr="00456520" w:rsidRDefault="00D37BE0" w:rsidP="00D37BE0">
+        <w:t>El cuerpo del texto irá redactado a Candara a 1</w:t>
+      </w:r>
+      <w:r w:rsidR="000A4221">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00456520">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> puntos, interlineado a 1.1 y justificado, añadiendo un salto de línea una vez finalizado el epígrafe antes de comenzar el siguiente.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="415311EF" w14:textId="77777777" w:rsidR="00FB0320" w:rsidRPr="00456520" w:rsidRDefault="00FB0320" w:rsidP="007C61F6">
       <w:pPr>
         <w:spacing w:before="120" w:line="22" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2AE3D485" w14:textId="77777777" w:rsidR="00FB0320" w:rsidRPr="00490D2B" w:rsidRDefault="00E95945" w:rsidP="007C61F6">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="22" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:b/>
+          <w:color w:val="E36C0A"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490D2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:b/>
+          <w:color w:val="E36C0A"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Referencias</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="015CABDE" w14:textId="79FB18E0" w:rsidR="00D37BE0" w:rsidRPr="00456520" w:rsidRDefault="00D37BE0" w:rsidP="00D37BE0">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="22" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00456520">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Al final del documento se incluirán TODAS las referencias bibliográficas CONTENIDAS en el texto siguiendo la normativa APA </w:t>
+      </w:r>
+      <w:r w:rsidR="008013EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00456520">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ª Edición con un sangrado a la derecha.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B3A03F1" w14:textId="77777777" w:rsidR="00D37BE0" w:rsidRPr="00456520" w:rsidRDefault="00D37BE0" w:rsidP="00D37BE0">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="22" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00456520">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Ejemplo:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BB61967" w14:textId="77777777" w:rsidR="00D37BE0" w:rsidRPr="00456520" w:rsidRDefault="00D37BE0" w:rsidP="00D37BE0">
+    <w:p w14:paraId="5BB61967" w14:textId="04528826" w:rsidR="00D37BE0" w:rsidRPr="00456520" w:rsidRDefault="00D37BE0" w:rsidP="00D37BE0">
       <w:pPr>
         <w:spacing w:before="120" w:line="22" w:lineRule="atLeast"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00456520">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Apellido, INICIAL.(es) (Año). Título del artículo. </w:t>
       </w:r>
       <w:r w:rsidRPr="00456520">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
@@ -2421,212 +2495,201 @@
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>(número)</w:t>
       </w:r>
       <w:r w:rsidRPr="00456520">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>, pagina comienzo-pagina final.</w:t>
       </w:r>
       <w:r w:rsidRPr="00456520">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD3000">
+        <w:rPr>
+          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>DOI</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73F97C73" w14:textId="77777777" w:rsidR="00E80C20" w:rsidRPr="00456520" w:rsidRDefault="00E80C20" w:rsidP="007C61F6">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="22" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00E80C20" w:rsidRPr="00456520" w:rsidSect="004833B8">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="even" r:id="rId13"/>
       <w:footerReference w:type="default" r:id="rId14"/>
       <w:headerReference w:type="first" r:id="rId15"/>
       <w:footerReference w:type="first" r:id="rId16"/>
       <w:pgSz w:w="11904" w:h="16834"/>
       <w:pgMar w:top="1701" w:right="1698" w:bottom="1418" w:left="1701" w:header="720" w:footer="761" w:gutter="0"/>
       <w:pgNumType w:start="219"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
-<w:comments xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:comment w:id="5" w:author="Ana Mirete Ruiz" w:date="2013-07-07T12:05:00Z" w:initials="AM">
+<w:comments xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:comment w:id="1" w:author="Ana Mirete Ruiz" w:date="2013-07-07T12:05:00Z" w:initials="AM">
     <w:p w14:paraId="2B94539B" w14:textId="77777777" w:rsidR="00C94C45" w:rsidRDefault="00C94C45" w:rsidP="00E17C51">
       <w:pPr>
         <w:pStyle w:val="Textocomentario"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Indicar dentro del cuadro de texto la fecha en la que se envía el trabajo a la revista.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="6" w:author="Ana Mirete Ruiz" w:date="2013-07-29T10:38:00Z" w:initials="AM">
-    <w:p w14:paraId="7458324E" w14:textId="77777777" w:rsidR="00C94C45" w:rsidRDefault="00C94C45">
+  <w:comment w:id="2" w:author="Ana Mirete Ruiz" w:date="2013-07-29T10:38:00Z" w:initials="AM">
+    <w:p w14:paraId="7B51B4BB" w14:textId="77777777" w:rsidR="00FD3000" w:rsidRDefault="00C94C45" w:rsidP="00FD3000">
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Refdecomentario"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r w:rsidR="00FD3000">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>La primera página debe recoger la siguiente información:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="768EC1BC" w14:textId="77777777" w:rsidR="00FD3000" w:rsidRDefault="00FD3000" w:rsidP="00FD3000">
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Título (en español e inglés), autores, filiación profesional, resumen y palabras clave (en español e inglés) e información del autor de contacto así como de si el artículo está vinculado o presenta resultados fruto de un proyecto de investigación, tesis doctoral o alguna fuente de financiación externa.</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="3" w:author="Ana Mirete Ruiz" w:date="2013-07-07T01:25:00Z" w:initials="AM">
+    <w:p w14:paraId="5DAB3C9C" w14:textId="01F00691" w:rsidR="00C94C45" w:rsidRDefault="00C94C45">
       <w:pPr>
         <w:pStyle w:val="Textocomentario"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="768EC1BC" w14:textId="77777777" w:rsidR="00C94C45" w:rsidRDefault="00C94C45">
+      <w:r w:rsidRPr="00F96E50">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>TITULO DE LA PROPUESTA:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Alineado a la izquierda. Tipo título. Candara 16 puntos.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D411B7F" w14:textId="77777777" w:rsidR="00C94C45" w:rsidRDefault="00C94C45">
       <w:pPr>
         <w:pStyle w:val="Textocomentario"/>
       </w:pPr>
       <w:r>
-        <w:t>Título (en castellano e inglés), autores, filiación profesional, resumen y palabras clave (en castellano e inglés) e información del autor de contacto así como de si el artículo está vinculado o presenta resultados fruto de un proyecto de investigación.</w:t>
+        <w:t>Se dejará un salto de línea entre el título y el/los autor/autores</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="7" w:author="Ana Mirete Ruiz" w:date="2013-07-07T01:25:00Z" w:initials="AM">
-    <w:p w14:paraId="5DAB3C9C" w14:textId="77777777" w:rsidR="00C94C45" w:rsidRDefault="00C94C45">
+  <w:comment w:id="4" w:author="Ana Mirete Ruiz" w:date="2013-07-29T10:39:00Z" w:initials="AM">
+    <w:p w14:paraId="15C87D0E" w14:textId="77777777" w:rsidR="00C94C45" w:rsidRDefault="00C94C45" w:rsidP="00E84724">
       <w:pPr>
         <w:pStyle w:val="Textocomentario"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidRPr="00F96E50">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>TITULO DE LA PROPUESTA:</w:t>
-[...5 lines deleted...]
-    <w:p w14:paraId="0D411B7F" w14:textId="77777777" w:rsidR="00C94C45" w:rsidRDefault="00C94C45">
+        <w:t xml:space="preserve">AUTOR/ES: </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Alineado a la izquierda. Candara 11 puntos.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4772321D" w14:textId="77777777" w:rsidR="00C94C45" w:rsidRDefault="00C94C45">
       <w:pPr>
         <w:pStyle w:val="Textocomentario"/>
       </w:pPr>
       <w:r>
-        <w:t>Se dejará un salto de línea entre el título y el/los autor/autores</w:t>
+        <w:t>Se incluirá el nombre de cada uno de los autores seguido de los apellidos, separando cada uno de los autores por coma (,) evitando que el último nombre vaya precedido por “y”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02F96CF0" w14:textId="77777777" w:rsidR="00C94C45" w:rsidRDefault="00C94C45">
+      <w:pPr>
+        <w:pStyle w:val="Textocomentario"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Ej.: Nombre1 Apellido Apellido, Nombre2 Apellido Apellido, Nombre3 Apellido Apellido</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="8" w:author="Ana Mirete Ruiz" w:date="2013-07-29T10:39:00Z" w:initials="AM">
-[...58 lines deleted...]
-  <w:comment w:id="9" w:author="Ana Mirete Ruiz" w:date="2013-07-29T10:39:00Z" w:initials="AM">
+  <w:comment w:id="5" w:author="Ana Mirete Ruiz" w:date="2013-07-29T10:39:00Z" w:initials="AM">
     <w:p w14:paraId="35D4E3F7" w14:textId="77777777" w:rsidR="00C94C45" w:rsidRDefault="00C94C45" w:rsidP="00A16F6B">
       <w:pPr>
         <w:pStyle w:val="Textocomentario"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidRPr="00F96E50">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>FILIACIÓN</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>PROFESIONAL</w:t>
       </w:r>
@@ -2699,638 +2762,605 @@
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>(1)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Universidad de Murcia, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>(2</w:t>
       </w:r>
       <w:r w:rsidRPr="003F11E1">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Universidad de Málaga</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="10" w:author="Ana Mirete Ruiz" w:date="2015-01-22T12:05:00Z" w:initials="AM">
+  <w:comment w:id="6" w:author="Ana Mirete Ruiz" w:date="2015-01-22T12:05:00Z" w:initials="AM">
     <w:p w14:paraId="5B50EF91" w14:textId="77777777" w:rsidR="00C94C45" w:rsidRDefault="00C94C45">
       <w:pPr>
         <w:pStyle w:val="Textocomentario"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>RESUMEN:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">  El enunciado irá a Candara a 13 puntos, negrita.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B037A65" w14:textId="77777777" w:rsidR="00C94C45" w:rsidRDefault="00C94C45">
       <w:pPr>
         <w:pStyle w:val="Textocomentario"/>
       </w:pPr>
       <w:r>
         <w:t>El cuerpo del resumen irá redactado en Candara a 11 puntos. Justificado. Interlineado a 1.1 y espacio entre párrafos de 6 puntos.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="11" w:author="Ana Mirete Ruiz" w:date="2013-07-29T10:39:00Z" w:initials="AM">
+  <w:comment w:id="7" w:author="Ana Mirete Ruiz" w:date="2013-07-29T10:39:00Z" w:initials="AM">
     <w:p w14:paraId="5F7B6409" w14:textId="77777777" w:rsidR="00C94C45" w:rsidRDefault="00C94C45" w:rsidP="0070058B">
       <w:pPr>
         <w:pStyle w:val="Textocomentario"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">PALABRAS CLAVE: </w:t>
       </w:r>
       <w:r>
         <w:t>Enunciado: Candara a 11 puntos. Negrita</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BB983F7" w14:textId="77777777" w:rsidR="00C94C45" w:rsidRDefault="00C94C45" w:rsidP="0070058B">
       <w:pPr>
         <w:pStyle w:val="Textocomentario"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t>Texto: Candara a 11 puntos. Se incluirán cuatro palabras clave separadas por punto y coma (;)</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="12" w:author="Ana Mirete Ruiz" w:date="2013-07-07T19:41:00Z" w:initials="AM">
+  <w:comment w:id="8" w:author="Ana Mirete Ruiz" w:date="2013-07-07T19:41:00Z" w:initials="AM">
     <w:p w14:paraId="37085447" w14:textId="77777777" w:rsidR="00C94C45" w:rsidRDefault="00C94C45" w:rsidP="005A00F6">
       <w:pPr>
         <w:pStyle w:val="Textocomentario"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidRPr="008571F4">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">TÍTULO DE LA PROPUESTA EN INGLÉS: </w:t>
       </w:r>
       <w:r>
         <w:t>Alineado a la izquierda. Tipo título. Candara 16 puntos.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5595EE73" w14:textId="77777777" w:rsidR="00C94C45" w:rsidRDefault="00C94C45" w:rsidP="005A00F6">
       <w:pPr>
         <w:pStyle w:val="Textocomentario"/>
       </w:pPr>
       <w:r>
         <w:t>Se dejará un salto de línea entre el título y el inicio del Abstract</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="13" w:author="Ana Mirete Ruiz" w:date="2015-01-22T12:06:00Z" w:initials="AM">
+  <w:comment w:id="9" w:author="Ana Mirete Ruiz" w:date="2015-01-22T12:06:00Z" w:initials="AM">
     <w:p w14:paraId="73E996A1" w14:textId="77777777" w:rsidR="00C94C45" w:rsidRDefault="00C94C45">
       <w:pPr>
         <w:pStyle w:val="Textocomentario"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidRPr="003052C9">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>ABSTRACT</w:t>
       </w:r>
       <w:r>
         <w:t>: Se seguirán los mismos criterios aplicados en RESUMEN:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63448B0F" w14:textId="77777777" w:rsidR="00C94C45" w:rsidRDefault="00C94C45">
       <w:pPr>
         <w:pStyle w:val="Textocomentario"/>
       </w:pPr>
       <w:r>
         <w:t>Enunciado: Candara 13 puntos, negrita (color).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57979FEE" w14:textId="77777777" w:rsidR="00C94C45" w:rsidRDefault="00C94C45">
       <w:pPr>
         <w:pStyle w:val="Textocomentario"/>
       </w:pPr>
       <w:r>
         <w:t>Cuerpo: Candara 11 puntos, justificado</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="14" w:author="Ana Mirete Ruiz" w:date="2013-07-29T10:40:00Z" w:initials="AM">
+  <w:comment w:id="10" w:author="Ana Mirete Ruiz" w:date="2013-07-29T10:40:00Z" w:initials="AM">
     <w:p w14:paraId="6EDF535C" w14:textId="77777777" w:rsidR="00C94C45" w:rsidRDefault="00C94C45">
       <w:pPr>
         <w:pStyle w:val="Textocomentario"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidRPr="00F96E50">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">KEY WORDS: </w:t>
       </w:r>
       <w:r>
         <w:t>Enunciado: Candara a 11 puntos. Negrita</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="088DF1D4" w14:textId="77777777" w:rsidR="00C94C45" w:rsidRDefault="00C94C45">
       <w:pPr>
         <w:pStyle w:val="Textocomentario"/>
       </w:pPr>
       <w:r>
         <w:t>Texto: Candara a 10 puntos. Separación por punto y coma (;).</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="15" w:author="Ana Mirete Ruiz" w:date="2015-01-22T12:15:00Z" w:initials="AM">
+  <w:comment w:id="11" w:author="Ana Mirete Ruiz" w:date="2015-01-22T12:15:00Z" w:initials="AM">
     <w:p w14:paraId="4882F9CD" w14:textId="77777777" w:rsidR="00C126D8" w:rsidRDefault="00C126D8" w:rsidP="00C126D8">
       <w:pPr>
         <w:pStyle w:val="Textocomentario"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Cada nuevo apartado o epígrafe se enunciará en Cantara a 13 puntos, negrita (color).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63B6189E" w14:textId="77777777" w:rsidR="00C126D8" w:rsidRDefault="00C126D8" w:rsidP="00C126D8">
       <w:pPr>
         <w:pStyle w:val="Textocomentario"/>
       </w:pPr>
       <w:r>
         <w:t>El cuerpo de texto redactado a Candara 11 puntos, justificado.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BDB5BDC" w14:textId="77777777" w:rsidR="00C126D8" w:rsidRPr="007D66D0" w:rsidRDefault="00C126D8" w:rsidP="00C126D8">
       <w:pPr>
         <w:pStyle w:val="Textocomentario"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Insertar salto de línea entre fin de epígrafe e inicio del siguiente</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="095FE76F" w14:textId="77777777" w:rsidR="00C126D8" w:rsidRDefault="00C126D8" w:rsidP="00C126D8">
       <w:pPr>
         <w:pStyle w:val="Textocomentario"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Cada nuevo sub-apartado incluido en un epígrafe o apartado general irá enunciado a Candara 11 puntos, negrita (color).</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="17" w:author="Ana Mirete Ruiz" w:date="2019-05-15T11:14:00Z" w:initials="AM">
-    <w:p w14:paraId="3F3E3F01" w14:textId="77777777" w:rsidR="00C94C45" w:rsidRDefault="00C94C45">
+  <w:comment w:id="12" w:author="Ana Mirete Ruiz" w:date="2019-05-15T11:14:00Z" w:initials="AM">
+    <w:p w14:paraId="3F3E3F01" w14:textId="77777777" w:rsidR="00FD3000" w:rsidRDefault="00C94C45" w:rsidP="00FD3000">
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Refdecomentario"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r w:rsidR="00FD3000">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Leyenda de tablas, alineada con la tabla, a Candara 10 puntos, normativa APA 7</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="13" w:author="Ana Mirete Ruiz" w:date="2019-05-15T11:14:00Z" w:initials="AM">
+    <w:p w14:paraId="5203CD3F" w14:textId="5B6B6B09" w:rsidR="00C94C45" w:rsidRDefault="00C94C45">
       <w:pPr>
         <w:pStyle w:val="Textocomentario"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">Leyenda de tablas, alineada con la tabla, a Candara 10 puntos, </w:t>
+        <w:rPr>
+          <w:rStyle w:val="Refdecomentario"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Leyenda de figura, centrada, a Candara 10 puntos, </w:t>
       </w:r>
       <w:r w:rsidR="00E95945">
         <w:t>normativa APA</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="18" w:author="Ana Mirete Ruiz" w:date="2019-05-15T11:14:00Z" w:initials="AM">
-    <w:p w14:paraId="5203CD3F" w14:textId="77777777" w:rsidR="00C94C45" w:rsidRDefault="00C94C45">
+  <w:comment w:id="14" w:author="Ana Mirete Ruiz" w:date="2015-01-22T12:03:00Z" w:initials="AM">
+    <w:p w14:paraId="76E5D974" w14:textId="77777777" w:rsidR="00C94C45" w:rsidRDefault="00C94C45">
       <w:pPr>
         <w:pStyle w:val="Textocomentario"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
+        <w:t>Cada nuevo apartado o epígrafe se enunciará en Cantara a 13 puntos, negrita (color).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AD422BC" w14:textId="77777777" w:rsidR="00C94C45" w:rsidRDefault="00C94C45">
+      <w:pPr>
+        <w:pStyle w:val="Textocomentario"/>
+      </w:pPr>
+      <w:r>
+        <w:t>El cuerpo de texto redactado a Candara 11 puntos, justificado.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67458034" w14:textId="77777777" w:rsidR="00C94C45" w:rsidRPr="007D66D0" w:rsidRDefault="00C94C45">
+      <w:pPr>
+        <w:pStyle w:val="Textocomentario"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Insertar salto de línea entre fin de epígrafe e inicio del siguiente</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="15" w:author="Ana Mirete Ruiz" w:date="2013-07-29T11:15:00Z" w:initials="AM">
+    <w:p w14:paraId="7054391C" w14:textId="77777777" w:rsidR="00C94C45" w:rsidRDefault="00C94C45">
+      <w:pPr>
+        <w:pStyle w:val="Textocomentario"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">Leyenda de figura, centrada, a Candara 10 puntos, </w:t>
-[...52 lines deleted...]
-      <w:r>
         <w:t>Cada nuevo sub-apartado incluido en un epígrafe o apartado general irá enunciado a Candara 11 puntos, negrita (color).</w:t>
-      </w:r>
-[...27 lines deleted...]
-        <w:t>exclusivamente para trabajos empíricos.</w:t>
       </w:r>
     </w:p>
   </w:comment>
 </w:comments>
 </file>
 
 <file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
-<w15:commentsEx xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w15:commentsEx xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w15:commentEx w15:paraId="2B94539B" w15:done="0"/>
   <w15:commentEx w15:paraId="768EC1BC" w15:done="0"/>
   <w15:commentEx w15:paraId="0D411B7F" w15:done="0"/>
   <w15:commentEx w15:paraId="02F96CF0" w15:done="0"/>
   <w15:commentEx w15:paraId="44891E01" w15:done="0"/>
   <w15:commentEx w15:paraId="4B037A65" w15:done="0"/>
   <w15:commentEx w15:paraId="1BB983F7" w15:done="0"/>
   <w15:commentEx w15:paraId="5595EE73" w15:done="0"/>
   <w15:commentEx w15:paraId="57979FEE" w15:done="0"/>
   <w15:commentEx w15:paraId="088DF1D4" w15:done="0"/>
   <w15:commentEx w15:paraId="095FE76F" w15:done="0"/>
   <w15:commentEx w15:paraId="3F3E3F01" w15:done="0"/>
   <w15:commentEx w15:paraId="5203CD3F" w15:done="0"/>
   <w15:commentEx w15:paraId="67458034" w15:done="0"/>
   <w15:commentEx w15:paraId="7054391C" w15:done="0"/>
-  <w15:commentEx w15:paraId="6A1FC86D" w15:done="0"/>
 </w15:commentsEx>
 </file>
 
 <file path=word/commentsIds.xml><?xml version="1.0" encoding="utf-8"?>
-<w16cid:commentsIds xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w16cid:commentsIds xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w16cid:commentId w16cid:paraId="2B94539B" w16cid:durableId="208908CA"/>
   <w16cid:commentId w16cid:paraId="768EC1BC" w16cid:durableId="208908CB"/>
   <w16cid:commentId w16cid:paraId="0D411B7F" w16cid:durableId="208908CC"/>
   <w16cid:commentId w16cid:paraId="02F96CF0" w16cid:durableId="208908CD"/>
   <w16cid:commentId w16cid:paraId="44891E01" w16cid:durableId="208908CE"/>
   <w16cid:commentId w16cid:paraId="4B037A65" w16cid:durableId="208908CF"/>
   <w16cid:commentId w16cid:paraId="1BB983F7" w16cid:durableId="208908D0"/>
   <w16cid:commentId w16cid:paraId="5595EE73" w16cid:durableId="208908D1"/>
   <w16cid:commentId w16cid:paraId="57979FEE" w16cid:durableId="208908D2"/>
   <w16cid:commentId w16cid:paraId="088DF1D4" w16cid:durableId="208908D3"/>
   <w16cid:commentId w16cid:paraId="095FE76F" w16cid:durableId="208908D4"/>
   <w16cid:commentId w16cid:paraId="3F3E3F01" w16cid:durableId="208908D5"/>
   <w16cid:commentId w16cid:paraId="5203CD3F" w16cid:durableId="208908D6"/>
   <w16cid:commentId w16cid:paraId="67458034" w16cid:durableId="208908D7"/>
   <w16cid:commentId w16cid:paraId="7054391C" w16cid:durableId="208908D8"/>
-  <w16cid:commentId w16cid:paraId="6A1FC86D" w16cid:durableId="208908D9"/>
 </w16cid:commentsIds>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7A87EDDB" w14:textId="77777777" w:rsidR="00C859E6" w:rsidRDefault="00C859E6">
+    <w:p w14:paraId="03D16B33" w14:textId="77777777" w:rsidR="00D56950" w:rsidRDefault="00D56950">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="27175FA8" w14:textId="77777777" w:rsidR="00C859E6" w:rsidRDefault="00C859E6">
+    <w:p w14:paraId="690C3A97" w14:textId="77777777" w:rsidR="00D56950" w:rsidRDefault="00D56950">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
-    <w:charset w:val="02"/>
+    <w:charset w:val="4D"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A10006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Los Angeles">
     <w:altName w:val="Onyx"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Souvenir Lt BT">
     <w:altName w:val="Cambria"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="5000785B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ヒラギノ角ゴ Pro W3">
-    <w:panose1 w:val="020B0300000000000000"/>
+    <w:altName w:val="Yu Gothic"/>
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="4E"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="7AC7FFFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002000D" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Candara">
     <w:panose1 w:val="020E0502030303020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000A44B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="FootlightMTLight">
     <w:altName w:val="Footlight MT Light"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Comic Sans MS">
     <w:panose1 w:val="030F0702030302020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="script"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
-    <w:notTrueType/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="088ADFC1" w14:textId="77777777" w:rsidR="00C94C45" w:rsidRPr="00AA5BEF" w:rsidRDefault="00C94C45" w:rsidP="00DE606B">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4252"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="FootlightMTLight"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="44854126" w14:textId="77777777" w:rsidR="00C94C45" w:rsidRPr="00AA5BEF" w:rsidRDefault="00C94C45" w:rsidP="007B642A">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:rPr>
         <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="FootlightMTLight"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3F58A696" w14:textId="77777777" w:rsidR="00C94C45" w:rsidRDefault="00C94C45" w:rsidP="002129E3">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:rPr>
         <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
         <w:b/>
         <w:color w:val="F6BD88"/>
         <w:sz w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="46FB8E07" w14:textId="77777777" w:rsidR="00C94C45" w:rsidRPr="00E80C20" w:rsidRDefault="00C94C45" w:rsidP="002129E3">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1449"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
         <w:b/>
         <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
@@ -3350,133 +3380,167 @@
         <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
   <w:p w14:paraId="3B846B99" w14:textId="3A5C9BC6" w:rsidR="00C94C45" w:rsidRPr="00AC5AB6" w:rsidRDefault="00C94C45" w:rsidP="002129E3">
     <w:pPr>
       <w:spacing w:before="120" w:line="22" w:lineRule="atLeast"/>
       <w:rPr>
         <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Arial"/>
         <w:bCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00AC5AB6">
       <w:rPr>
         <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Arial"/>
         <w:bCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">Nombre del autor de </w:t>
     </w:r>
-    <w:ins w:id="23" w:author="Javier Maquilón Sánchez" w:date="2019-05-17T10:19:00Z">
-[...10 lines deleted...]
-    <w:r w:rsidRPr="00AC5AB6">
+    <w:r w:rsidR="00490D2B">
       <w:rPr>
         <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Arial"/>
         <w:bCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
+      <w:t>referencia</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00AC5AB6">
+      <w:rPr>
+        <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Arial"/>
+        <w:bCs/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
       <w:t>, dirección de correo electrónico, dirección postal profesional.</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="6220AA3E" w14:textId="77777777" w:rsidR="00C94C45" w:rsidRPr="00022090" w:rsidRDefault="00C94C45" w:rsidP="002129E3">
+  <w:p w14:paraId="6220AA3E" w14:textId="778D0473" w:rsidR="00C94C45" w:rsidRPr="00022090" w:rsidRDefault="00C94C45" w:rsidP="002129E3">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
     <w:r w:rsidRPr="00AC5AB6">
       <w:rPr>
         <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Arial"/>
         <w:bCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>Vinculación del artículo a un proyecto de investigación en caso de existir.</w:t>
+      <w:t xml:space="preserve">Vinculación del artículo a un proyecto de investigación </w:t>
+    </w:r>
+    <w:r w:rsidR="00C04FB7">
+      <w:rPr>
+        <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Arial"/>
+        <w:bCs/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve">subvencionado </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00AC5AB6">
+      <w:rPr>
+        <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Arial"/>
+        <w:bCs/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>en caso de existir</w:t>
+    </w:r>
+    <w:r w:rsidR="00FD3000">
+      <w:rPr>
+        <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Arial"/>
+        <w:bCs/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve">, con los </w:t>
+    </w:r>
+    <w:r w:rsidR="008013EB">
+      <w:rPr>
+        <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Arial"/>
+        <w:bCs/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>datos del proyecto (entidad, código y título)</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="1A2FE850" w14:textId="77777777" w:rsidR="00C94C45" w:rsidRPr="002129E3" w:rsidRDefault="00C94C45" w:rsidP="002129E3">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0FA83AC7" w14:textId="77777777" w:rsidR="00C859E6" w:rsidRDefault="00C859E6">
+    <w:p w14:paraId="79310F9D" w14:textId="77777777" w:rsidR="00D56950" w:rsidRDefault="00D56950">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0BACE47A" w14:textId="77777777" w:rsidR="00C859E6" w:rsidRDefault="00C859E6">
+    <w:p w14:paraId="7192C3A2" w14:textId="77777777" w:rsidR="00D56950" w:rsidRDefault="00D56950">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3DD2F31B" w14:textId="77777777" w:rsidR="00C94C45" w:rsidRPr="00AA5BEF" w:rsidRDefault="00C94C45" w:rsidP="007B642A">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5B74F264" w14:textId="77777777" w:rsidR="00C94C45" w:rsidRPr="00FB7F8E" w:rsidRDefault="00C94C45" w:rsidP="00BA7B12">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8504"/>
       </w:tabs>
       <w:ind w:right="-709"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="557C88B0" wp14:editId="2594AB38">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>228600</wp:posOffset>
@@ -3615,87 +3679,87 @@
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="3083D573" w14:textId="77777777" w:rsidR="00C94C45" w:rsidRPr="00FB7F8E" w:rsidRDefault="00C94C45">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:rPr>
         <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:numPicBullet w:numPicBulletId="0">
     <w:pict>
-      <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+      <v:shapetype w14:anchorId="45284788" id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
         <v:stroke joinstyle="miter"/>
         <v:formulas>
           <v:f eqn="if lineDrawn pixelLineWidth 0"/>
           <v:f eqn="sum @0 1 0"/>
           <v:f eqn="sum 0 0 @1"/>
           <v:f eqn="prod @2 1 2"/>
           <v:f eqn="prod @3 21600 pixelWidth"/>
           <v:f eqn="prod @3 21600 pixelHeight"/>
           <v:f eqn="sum @0 0 1"/>
           <v:f eqn="prod @6 1 2"/>
           <v:f eqn="prod @7 21600 pixelWidth"/>
           <v:f eqn="sum @8 21600 0"/>
           <v:f eqn="prod @7 21600 pixelHeight"/>
           <v:f eqn="sum @10 21600 0"/>
         </v:formulas>
         <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
         <o:lock v:ext="edit" aspectratio="t"/>
       </v:shapetype>
-      <v:shape id="_x0000_i1118" type="#_x0000_t75" style="width:1.6pt;height:1.6pt" o:bullet="t">
+      <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:2pt;height:2pt" o:bullet="t">
         <v:imagedata r:id="rId1" o:title=""/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:numPicBullet w:numPicBulletId="1">
     <w:pict>
-      <v:shape id="_x0000_i1119" type="#_x0000_t75" style="width:15.35pt;height:15.35pt" o:bullet="t">
+      <v:shape id="_x0000_i1026" type="#_x0000_t75" style="width:15.5pt;height:15.5pt" o:bullet="t">
         <v:imagedata r:id="rId2" o:title="msoB53D"/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:numPicBullet w:numPicBulletId="2">
     <w:pict>
-      <v:shape id="_x0000_i1120" type="#_x0000_t75" style="width:15.35pt;height:15.35pt" o:bullet="t">
+      <v:shape id="_x0000_i1027" type="#_x0000_t75" style="width:15.5pt;height:15.5pt" o:bullet="t">
         <v:imagedata r:id="rId3" o:title="Word Work File L_224197187"/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="115C2A07"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1902D5F2"/>
     <w:lvl w:ilvl="0" w:tplc="CA441064">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cambria" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4793,105 +4857,97 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5388" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C0A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6108" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C0A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6828" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1342199731">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="469135997">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="622928723">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="938678451">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="244801016">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1506894929">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="57899074">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="226573557">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="943196462">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="660809888">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="5"/>
 </w:numbering>
 </file>
 
-<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:val="bestFit" w:percent="123"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="200"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
   <w:trackRevisions/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:evenAndOddHeaders/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D71F5E"/>
     <w:rsid w:val="00000D8B"/>
     <w:rsid w:val="0000426F"/>
     <w:rsid w:val="0004412E"/>
     <w:rsid w:val="00045C58"/>
     <w:rsid w:val="00045D8B"/>
     <w:rsid w:val="00046888"/>
@@ -4915,225 +4971,231 @@
     <w:rsid w:val="00202E74"/>
     <w:rsid w:val="002129E3"/>
     <w:rsid w:val="002130E4"/>
     <w:rsid w:val="002326FE"/>
     <w:rsid w:val="0023539C"/>
     <w:rsid w:val="00260321"/>
     <w:rsid w:val="00263FB0"/>
     <w:rsid w:val="00284327"/>
     <w:rsid w:val="00290A2C"/>
     <w:rsid w:val="002D6F42"/>
     <w:rsid w:val="002E03CB"/>
     <w:rsid w:val="0030398A"/>
     <w:rsid w:val="003052C9"/>
     <w:rsid w:val="003241AB"/>
     <w:rsid w:val="00364DE6"/>
     <w:rsid w:val="00367233"/>
     <w:rsid w:val="00395B26"/>
     <w:rsid w:val="003A688C"/>
     <w:rsid w:val="003D1A0B"/>
     <w:rsid w:val="003D6010"/>
     <w:rsid w:val="003E1B5B"/>
     <w:rsid w:val="003F4D35"/>
     <w:rsid w:val="004001FA"/>
     <w:rsid w:val="00403C6A"/>
     <w:rsid w:val="00404562"/>
+    <w:rsid w:val="00441FAD"/>
     <w:rsid w:val="00456520"/>
     <w:rsid w:val="00472E95"/>
     <w:rsid w:val="004833B8"/>
     <w:rsid w:val="00490D2B"/>
     <w:rsid w:val="004A4CD4"/>
     <w:rsid w:val="004F575F"/>
     <w:rsid w:val="00500EE9"/>
     <w:rsid w:val="0051353C"/>
     <w:rsid w:val="00521CA5"/>
     <w:rsid w:val="00531566"/>
     <w:rsid w:val="00552D30"/>
     <w:rsid w:val="00553BA1"/>
     <w:rsid w:val="005612DC"/>
     <w:rsid w:val="0057051D"/>
     <w:rsid w:val="00571B9D"/>
     <w:rsid w:val="005741BF"/>
     <w:rsid w:val="00584A5E"/>
     <w:rsid w:val="0059533F"/>
     <w:rsid w:val="005A00F6"/>
     <w:rsid w:val="005A0E12"/>
     <w:rsid w:val="005A17DC"/>
     <w:rsid w:val="005A5B32"/>
     <w:rsid w:val="005B0CE9"/>
     <w:rsid w:val="005B7C63"/>
     <w:rsid w:val="005C0526"/>
     <w:rsid w:val="005D5195"/>
     <w:rsid w:val="005E5FA6"/>
     <w:rsid w:val="00604904"/>
     <w:rsid w:val="00612982"/>
     <w:rsid w:val="00622C5D"/>
     <w:rsid w:val="006232FD"/>
+    <w:rsid w:val="00630334"/>
     <w:rsid w:val="00676C9E"/>
     <w:rsid w:val="00687A79"/>
     <w:rsid w:val="00695BC4"/>
     <w:rsid w:val="006C6C55"/>
     <w:rsid w:val="006E66E7"/>
     <w:rsid w:val="006F63C1"/>
     <w:rsid w:val="0070058B"/>
     <w:rsid w:val="00723CA6"/>
     <w:rsid w:val="00727E18"/>
     <w:rsid w:val="00733B4F"/>
     <w:rsid w:val="00761CAF"/>
     <w:rsid w:val="00771858"/>
     <w:rsid w:val="007751EB"/>
     <w:rsid w:val="007B3B00"/>
     <w:rsid w:val="007B49FF"/>
     <w:rsid w:val="007B5B5F"/>
     <w:rsid w:val="007B642A"/>
     <w:rsid w:val="007C61F6"/>
     <w:rsid w:val="007C66AC"/>
     <w:rsid w:val="007D66D0"/>
+    <w:rsid w:val="008013EB"/>
     <w:rsid w:val="008124CF"/>
     <w:rsid w:val="00832263"/>
     <w:rsid w:val="00837FE9"/>
     <w:rsid w:val="008450A3"/>
     <w:rsid w:val="008571F4"/>
     <w:rsid w:val="00862B70"/>
     <w:rsid w:val="00875A87"/>
     <w:rsid w:val="00880126"/>
     <w:rsid w:val="0089336F"/>
     <w:rsid w:val="008D0068"/>
     <w:rsid w:val="008F2711"/>
     <w:rsid w:val="00904BD3"/>
     <w:rsid w:val="0092065B"/>
     <w:rsid w:val="009320A1"/>
     <w:rsid w:val="00937489"/>
     <w:rsid w:val="0098398D"/>
     <w:rsid w:val="009B0894"/>
     <w:rsid w:val="009B77E8"/>
     <w:rsid w:val="009D2EDE"/>
     <w:rsid w:val="009E188C"/>
     <w:rsid w:val="00A058C2"/>
     <w:rsid w:val="00A16F6B"/>
     <w:rsid w:val="00A213D5"/>
     <w:rsid w:val="00A263B9"/>
     <w:rsid w:val="00A576C8"/>
     <w:rsid w:val="00A704EB"/>
     <w:rsid w:val="00AA5BEF"/>
     <w:rsid w:val="00AB2E5D"/>
     <w:rsid w:val="00AC4413"/>
     <w:rsid w:val="00AC484A"/>
     <w:rsid w:val="00AC5AB6"/>
     <w:rsid w:val="00AE0177"/>
     <w:rsid w:val="00B05C97"/>
     <w:rsid w:val="00BA7B12"/>
     <w:rsid w:val="00BB5CDE"/>
     <w:rsid w:val="00BD0B63"/>
     <w:rsid w:val="00BD46C4"/>
     <w:rsid w:val="00BD5CEF"/>
     <w:rsid w:val="00BE4EF8"/>
+    <w:rsid w:val="00C04FB7"/>
     <w:rsid w:val="00C126D8"/>
     <w:rsid w:val="00C1726D"/>
     <w:rsid w:val="00C337F3"/>
     <w:rsid w:val="00C8401F"/>
     <w:rsid w:val="00C859E6"/>
     <w:rsid w:val="00C87E19"/>
     <w:rsid w:val="00C94C45"/>
     <w:rsid w:val="00C953E2"/>
     <w:rsid w:val="00CA685E"/>
     <w:rsid w:val="00CB094B"/>
     <w:rsid w:val="00CC4AA2"/>
     <w:rsid w:val="00CD1010"/>
     <w:rsid w:val="00CE126A"/>
     <w:rsid w:val="00CF1B39"/>
     <w:rsid w:val="00D01A34"/>
     <w:rsid w:val="00D13B10"/>
     <w:rsid w:val="00D15289"/>
     <w:rsid w:val="00D21DDE"/>
     <w:rsid w:val="00D3378B"/>
     <w:rsid w:val="00D37BE0"/>
     <w:rsid w:val="00D428C2"/>
+    <w:rsid w:val="00D56950"/>
     <w:rsid w:val="00D6636A"/>
     <w:rsid w:val="00D71F5E"/>
     <w:rsid w:val="00D86547"/>
     <w:rsid w:val="00DB2F2C"/>
     <w:rsid w:val="00DD1BB9"/>
     <w:rsid w:val="00DE594E"/>
     <w:rsid w:val="00DE606B"/>
     <w:rsid w:val="00E06DC4"/>
     <w:rsid w:val="00E11FD2"/>
     <w:rsid w:val="00E17C51"/>
     <w:rsid w:val="00E23318"/>
     <w:rsid w:val="00E2606D"/>
     <w:rsid w:val="00E80C20"/>
     <w:rsid w:val="00E84724"/>
     <w:rsid w:val="00E95945"/>
     <w:rsid w:val="00EA0350"/>
     <w:rsid w:val="00EE089A"/>
     <w:rsid w:val="00EE24C2"/>
     <w:rsid w:val="00F24333"/>
     <w:rsid w:val="00F277D0"/>
     <w:rsid w:val="00F3019B"/>
     <w:rsid w:val="00F41AD4"/>
     <w:rsid w:val="00F424F4"/>
     <w:rsid w:val="00F52124"/>
     <w:rsid w:val="00F6004B"/>
     <w:rsid w:val="00F96535"/>
     <w:rsid w:val="00F96E50"/>
     <w:rsid w:val="00FA39A3"/>
     <w:rsid w:val="00FB0320"/>
     <w:rsid w:val="00FD16FB"/>
+    <w:rsid w:val="00FD3000"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef m:val="0"/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapRight/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="subSup"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-ES_tradnl" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="79B54FDB"/>
   <w14:defaultImageDpi w14:val="300"/>
   <w15:docId w15:val="{B62511A1-55D9-884E-88CF-585E0F6E6AA3}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -5837,51 +5899,51 @@
     <w:name w:val="Título 5 Car"/>
     <w:link w:val="Ttulo5"/>
     <w:rsid w:val="00957E6B"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo8Car">
     <w:name w:val="Título 8 Car"/>
     <w:link w:val="Ttulo8"/>
     <w:rsid w:val="00957E6B"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Textoennegrita">
+  <w:style w:type="character" w:styleId="Fuerte">
     <w:name w:val="Strong"/>
     <w:qFormat/>
     <w:rsid w:val="00957E6B"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="titulo">
     <w:name w:val="titulo"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:rsid w:val="00957E6B"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="arial11gris">
     <w:name w:val="arial11gris"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:rsid w:val="00957E6B"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="article-heading">
     <w:name w:val="article-heading"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00957E6B"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
@@ -6305,85 +6367,85 @@
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="002326FE"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="es-ES"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PiedepginaCar">
     <w:name w:val="Pie de página Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Piedepgina"/>
     <w:rsid w:val="002129E3"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="es-ES"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="470556589">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="897548186">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:encoding w:val="windows-1252"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://revistas.um.es/reifop" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://revistas.um.es/reifop" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
 </file>
 
 <file path=word/_rels/numbering.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.gif"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.gif"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Hoja_de_c_lculo_de_Microsoft_Excel.xlsx"/></Relationships>
 </file>
 
 <file path=word/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="es-ES"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="118"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="18"/>
@@ -6781,75 +6843,75 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>593</Words>
-  <Characters>3263</Characters>
+  <Words>645</Words>
+  <Characters>3364</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>27</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>101</Lines>
+  <Paragraphs>63</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Articulating choice and deliberation in conducting</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Dark</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3849</CharactersWithSpaces>
+  <CharactersWithSpaces>3946</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="30" baseType="variant">
       <vt:variant>
         <vt:i4>1441907</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>9</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.aufop.com/aufop/revistas/arta/digital/147/1452</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>1245298</vt:i4>
       </vt:variant>
       <vt:variant>