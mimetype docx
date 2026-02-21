--- v0 (2025-12-25)
+++ v1 (2026-02-21)
@@ -8,1938 +8,1430 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="3790BD5D" w14:textId="0C268E19" w:rsidR="007C0603" w:rsidRPr="00970B76" w:rsidRDefault="00970B76" w:rsidP="007C0603">
+    <w:p w14:paraId="4BD3ABB5" w14:textId="77777777" w:rsidR="0072303A" w:rsidRPr="00B14C66" w:rsidRDefault="0072303A" w:rsidP="0072303A">
       <w:pPr>
         <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:rFonts w:ascii="Optima" w:hAnsi="Optima"/>
           <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="OLE_LINK1"/>
+      <w:r w:rsidRPr="00B14C66">
+        <w:rPr>
+          <w:rFonts w:ascii="Optima" w:hAnsi="Optima"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="es-ES_tradnl"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6EC30853" wp14:editId="4B234D6A">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>-102968</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>440</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="2516400" cy="698400"/>
+            <wp:effectExtent l="0" t="0" r="0" b="635"/>
+            <wp:wrapTopAndBottom/>
+            <wp:docPr id="1047916364" name="Imagen 1047916364" descr="Logotipo&#10;&#10;Descripción generada automáticamente"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1047916364" name="Imagen 1047916364" descr="Logotipo&#10;&#10;Descripción generada automáticamente"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId7">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2516400" cy="698400"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="page">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="page">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="00B14C66">
+        <w:rPr>
+          <w:rFonts w:ascii="Optima" w:hAnsi="Optima"/>
           <w:b/>
-          <w:szCs w:val="22"/>
-[...11 lines deleted...]
-        <w:t>MONOGRÁFICOS EN LA REVISTA REIFOP</w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>PROPUESTA DE MONOGRÁFICOS EN LA REVISTA REIFOP</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="309C46F8" w14:textId="622024E2" w:rsidR="00970B76" w:rsidRDefault="00970B76" w:rsidP="007C0603">
+    <w:p w14:paraId="126F1DFE" w14:textId="77777777" w:rsidR="0072303A" w:rsidRPr="00B14C66" w:rsidRDefault="0072303A" w:rsidP="0072303A">
       <w:pPr>
         <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
-[...7 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Optima" w:hAnsi="Optima"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B14C66">
+        <w:rPr>
+          <w:rFonts w:ascii="Optima" w:hAnsi="Optima"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>CRITERIOS TENIDOS EN CUENTA POR EL COMITÉ DE SELECCIÓN</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0633CC05" w14:textId="77777777" w:rsidR="00970B76" w:rsidRPr="007C0603" w:rsidRDefault="00970B76" w:rsidP="007C0603">
-[...10 lines deleted...]
-    <w:p w14:paraId="46BD72EC" w14:textId="77777777" w:rsidR="002A39B1" w:rsidRPr="002A39B1" w:rsidRDefault="002A39B1" w:rsidP="002A39B1">
+    <w:p w14:paraId="4BDE4794" w14:textId="77777777" w:rsidR="0072303A" w:rsidRPr="00B14C66" w:rsidRDefault="0072303A" w:rsidP="0072303A">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">La temática propuesta debe estar acorde con los objetivos y alcance la revista: </w:t>
+          <w:rFonts w:ascii="Optima" w:hAnsi="Optima"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B14C66">
+        <w:rPr>
+          <w:rFonts w:ascii="Optima" w:hAnsi="Optima"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">La temática propuesta debe estar acorde con los objetivos y el alcance la revista: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidRPr="00A512EE">
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="00B14C66">
           <w:rPr>
-            <w:rStyle w:val="Hipervnculo"/>
-[...1 lines deleted...]
-            <w:szCs w:val="22"/>
+            <w:rFonts w:ascii="Optima" w:hAnsi="Optima"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="21"/>
             <w:lang w:val="es-ES_tradnl"/>
           </w:rPr>
           <w:t>https://revistas.um.es/reifop/about</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6CEEB547" w14:textId="75251794" w:rsidR="00AA64E7" w:rsidRPr="00AA64E7" w:rsidRDefault="002A39B1" w:rsidP="00AA64E7">
+    <w:p w14:paraId="296CDC59" w14:textId="77777777" w:rsidR="0072303A" w:rsidRPr="00B14C66" w:rsidRDefault="0072303A" w:rsidP="0072303A">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
-[...106 lines deleted...]
-        <w:t xml:space="preserve"> de la misma universidad.</w:t>
+          <w:rFonts w:ascii="Optima" w:hAnsi="Optima"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B14C66">
+        <w:rPr>
+          <w:rFonts w:ascii="Optima" w:hAnsi="Optima"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>La propuesta de monográfico puede recoger hasta un máximo de tres coordinadores del número. Los coordinadores deben tener un contrastado prestigio nacional e internacional. No puede haber más de dos coordinadores de la misma universidad.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CAD5410" w14:textId="228F31A0" w:rsidR="007C0603" w:rsidRPr="00AA64E7" w:rsidRDefault="003E19BA" w:rsidP="00AA64E7">
+    <w:p w14:paraId="504E052B" w14:textId="332C17F8" w:rsidR="0072303A" w:rsidRPr="00B14C66" w:rsidRDefault="0072303A" w:rsidP="0072303A">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
-[...10 lines deleted...]
-        <w:t>La propuesta de monográfico se debe</w:t>
+          <w:rFonts w:ascii="Optima" w:hAnsi="Optima"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B14C66">
+        <w:rPr>
+          <w:rFonts w:ascii="Optima" w:hAnsi="Optima"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>La propuesta de monográfico se debe enviar por email al</w:t>
       </w:r>
-      <w:r w:rsidR="007C0603" w:rsidRPr="00AA64E7">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidR="00C074C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Optima" w:hAnsi="Optima"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Editor </w:t>
       </w:r>
-      <w:r w:rsidR="002A39B1">
-[...5 lines deleted...]
-        <w:t>enviar por email a</w:t>
+      <w:r w:rsidRPr="00B14C66">
+        <w:rPr>
+          <w:rFonts w:ascii="Optima" w:hAnsi="Optima"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>de la Revista (</w:t>
       </w:r>
-      <w:r w:rsidR="00970B76">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> la </w:t>
+      <w:r w:rsidR="00C074C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Optima" w:hAnsi="Optima"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Javier.maquilon</w:t>
       </w:r>
-      <w:r w:rsidR="00942A19">
-[...93 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00B14C66">
+        <w:rPr>
+          <w:rFonts w:ascii="Optima" w:hAnsi="Optima"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>@um.es) remitiendo la versión final de este documento y confirmando la posibilidad de cumplir los criterios establecidos.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="407EB99D" w14:textId="5D04C287" w:rsidR="002A39B1" w:rsidRDefault="007C0603" w:rsidP="00AA64E7">
+    <w:p w14:paraId="5C291D5C" w14:textId="18BC0A8F" w:rsidR="0072303A" w:rsidRPr="00B14C66" w:rsidRDefault="0072303A" w:rsidP="0072303A">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
-[...10 lines deleted...]
-        <w:t>El número de artículos que debe contener</w:t>
+          <w:rFonts w:ascii="Optima" w:hAnsi="Optima"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B14C66">
+        <w:rPr>
+          <w:rFonts w:ascii="Optima" w:hAnsi="Optima"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">El número de artículos que debe contener el monográfico debe estar comprendido entre </w:t>
       </w:r>
-      <w:r w:rsidR="002A39B1" w:rsidRPr="002A39B1">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> el monográfico</w:t>
+      <w:r w:rsidR="00C074C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Optima" w:hAnsi="Optima"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidRPr="002A39B1">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00B14C66">
+        <w:rPr>
+          <w:rFonts w:ascii="Optima" w:hAnsi="Optima"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y 8</w:t>
       </w:r>
-      <w:r w:rsidR="003E19BA">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">debe </w:t>
+      <w:r w:rsidR="00C074C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Optima" w:hAnsi="Optima"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (máximo)</w:t>
       </w:r>
-      <w:r w:rsidR="00942A19">
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> 10 y 12. </w:t>
+      <w:r w:rsidRPr="00B14C66">
+        <w:rPr>
+          <w:rFonts w:ascii="Optima" w:hAnsi="Optima"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01CB870D" w14:textId="4E68A3AE" w:rsidR="00970B76" w:rsidRDefault="00970B76" w:rsidP="00AA64E7">
+    <w:p w14:paraId="30582AFD" w14:textId="77777777" w:rsidR="0072303A" w:rsidRPr="00B14C66" w:rsidRDefault="0072303A" w:rsidP="0072303A">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
-[...7 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Optima" w:hAnsi="Optima"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B14C66">
+        <w:rPr>
+          <w:rFonts w:ascii="Optima" w:hAnsi="Optima"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Un autor (incluyendo a los coordinadores) solo puede aparecer en un artículo del monográfico.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="138C08A6" w14:textId="7DFDB9C9" w:rsidR="007C0603" w:rsidRPr="00AA64E7" w:rsidRDefault="00970B76" w:rsidP="00AA64E7">
+    <w:p w14:paraId="4175FA36" w14:textId="77777777" w:rsidR="0072303A" w:rsidRDefault="0072303A" w:rsidP="0072303A">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
-[...26 lines deleted...]
-        <w:t xml:space="preserve">de las universidades a las que pertenecen los coordinadores es de 3. </w:t>
+          <w:rFonts w:ascii="Optima" w:hAnsi="Optima"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B14C66">
+        <w:rPr>
+          <w:rFonts w:ascii="Optima" w:hAnsi="Optima"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">El número máximo de artículos aceptados de las universidades a las que pertenecen los coordinadores es de 3. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E348AB0" w14:textId="5A189254" w:rsidR="007C0603" w:rsidRPr="00AA64E7" w:rsidRDefault="002A39B1" w:rsidP="00AA64E7">
+    <w:p w14:paraId="404BD1C8" w14:textId="07245862" w:rsidR="00C074C2" w:rsidRPr="00B14C66" w:rsidRDefault="00C074C2" w:rsidP="0072303A">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Optima" w:hAnsi="Optima"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
-[...115 lines deleted...]
-        <w:t>.</w:t>
+          <w:rFonts w:ascii="Optima" w:hAnsi="Optima"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>El número máximo de artículos vinculados a un mismo proyecto de investigación es de 4.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40B97F98" w14:textId="12CED6B6" w:rsidR="007C0603" w:rsidRPr="00AA64E7" w:rsidRDefault="003E19BA" w:rsidP="00AA64E7">
+    <w:p w14:paraId="660CBC56" w14:textId="77777777" w:rsidR="0072303A" w:rsidRPr="00B14C66" w:rsidRDefault="0072303A" w:rsidP="0072303A">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
-[...74 lines deleted...]
-        <w:t>.</w:t>
+          <w:rFonts w:ascii="Optima" w:hAnsi="Optima"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B14C66">
+        <w:rPr>
+          <w:rFonts w:ascii="Optima" w:hAnsi="Optima"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>El 100% de los artículos deben ser de investigaciones empíricas cualitativas o cuantitativas. No se aceptarán artículos sobre revisiones bibliográficas, análisis documental, artículos teóricos o que su única aportación sea la validación de un instrumento sin presentar resultados de la aplicación de este.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2760B539" w14:textId="7F1CDABF" w:rsidR="007C0603" w:rsidRPr="00AA64E7" w:rsidRDefault="007C0603" w:rsidP="00AA64E7">
+    <w:p w14:paraId="11A21D77" w14:textId="77777777" w:rsidR="0072303A" w:rsidRPr="00B14C66" w:rsidRDefault="0072303A" w:rsidP="0072303A">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
-[...58 lines deleted...]
-        <w:t xml:space="preserve"> Independientemente de ello, el artículo debe contar con el título, resumen y palabras clave en español e inglés.</w:t>
+          <w:rFonts w:ascii="Optima" w:hAnsi="Optima"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B14C66">
+        <w:rPr>
+          <w:rFonts w:ascii="Optima" w:hAnsi="Optima"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Debido al carácter internacional de la Revista, en al menos tres artículos deben contener autoría internacional. No tienen por qué ser todos los autores de un mismo artículo internacionales.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44151EBA" w14:textId="77777777" w:rsidR="007C0603" w:rsidRPr="00AA64E7" w:rsidRDefault="007C0603" w:rsidP="00AA64E7">
+    <w:p w14:paraId="13511921" w14:textId="77777777" w:rsidR="0072303A" w:rsidRPr="00B14C66" w:rsidRDefault="0072303A" w:rsidP="0072303A">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
-[...10 lines deleted...]
-        <w:t>El número máximo de autores por artículo es de 4.</w:t>
+          <w:rFonts w:ascii="Optima" w:hAnsi="Optima"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B14C66">
+        <w:rPr>
+          <w:rFonts w:ascii="Optima" w:hAnsi="Optima"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Los artículos pueden estar redactados en español o inglés. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7948A94C" w14:textId="240FAF5A" w:rsidR="007C0603" w:rsidRPr="00AA64E7" w:rsidRDefault="007C0603" w:rsidP="00AA64E7">
+    <w:p w14:paraId="293DB1A0" w14:textId="77777777" w:rsidR="0072303A" w:rsidRPr="00B14C66" w:rsidRDefault="0072303A" w:rsidP="0072303A">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
-[...28 lines deleted...]
-        <w:t>/</w:t>
+          <w:rFonts w:ascii="Optima" w:hAnsi="Optima"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B14C66">
+        <w:rPr>
+          <w:rFonts w:ascii="Optima" w:hAnsi="Optima"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>El número máximo de autores por artículo es de 4.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F2E9FC4" w14:textId="77777777" w:rsidR="00942A19" w:rsidRDefault="00942A19" w:rsidP="00942A19">
+    <w:p w14:paraId="3ED4082A" w14:textId="77777777" w:rsidR="0072303A" w:rsidRPr="00B14C66" w:rsidRDefault="0072303A" w:rsidP="0072303A">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">El envío se realizará siguiendo </w:t>
+          <w:rFonts w:ascii="Optima" w:hAnsi="Optima"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B14C66">
+        <w:rPr>
+          <w:rFonts w:ascii="Optima" w:hAnsi="Optima"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Deben seguir las indicaciones de normas para autores descargables de la web: revistas.um.es/</w:t>
       </w:r>
-      <w:r w:rsidR="007C0603" w:rsidRPr="00AA64E7">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">el documento de estilo descargable </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B14C66">
+        <w:rPr>
+          <w:rFonts w:ascii="Optima" w:hAnsi="Optima"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>reifop</w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-        <w:t>en la web de la revista.</w:t>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B14C66">
+        <w:rPr>
+          <w:rFonts w:ascii="Optima" w:hAnsi="Optima"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>/</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="062FD509" w14:textId="5F454A5A" w:rsidR="007C0603" w:rsidRPr="00AA64E7" w:rsidRDefault="002B645E" w:rsidP="00AA64E7">
+    <w:p w14:paraId="674A0035" w14:textId="05757506" w:rsidR="0072303A" w:rsidRPr="00B14C66" w:rsidRDefault="0072303A" w:rsidP="0072303A">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
-[...10 lines deleted...]
-        <w:t>Todos l</w:t>
+          <w:rFonts w:ascii="Optima" w:hAnsi="Optima"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B14C66">
+        <w:rPr>
+          <w:rFonts w:ascii="Optima" w:hAnsi="Optima"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>El envío se realizará siguiendo el documento de estilo descargable en la web de la revista</w:t>
       </w:r>
-      <w:r w:rsidR="007C0603" w:rsidRPr="00AA64E7">
-[...104 lines deleted...]
-        <w:t>”.</w:t>
+      <w:r w:rsidR="00C074C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Optima" w:hAnsi="Optima"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>, pero este proceso se iniciará una vez se hayan clarificado telefónicamente los criterios de seguimiento y evaluación de artículos con el Editor.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="740C7B3B" w14:textId="29A088DB" w:rsidR="007C0603" w:rsidRPr="00AA64E7" w:rsidRDefault="007C0603" w:rsidP="00AA64E7">
+    <w:p w14:paraId="1CF6E000" w14:textId="3FC5272B" w:rsidR="0072303A" w:rsidRDefault="0072303A" w:rsidP="0072303A">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">Los artículos deben contener todos los datos de identificación de los autores (como se indica en el documento de estilo). Antes de iniciar el proceso de revisión, se eliminarán dichos datos para </w:t>
+          <w:rFonts w:ascii="Optima" w:hAnsi="Optima"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B14C66">
+        <w:rPr>
+          <w:rFonts w:ascii="Optima" w:hAnsi="Optima"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Todos los autores deben darse de alta en la plataforma OJS y gestionar a través de ella el envío de su propuesta (siguiendo el orden de firma)</w:t>
       </w:r>
-      <w:r w:rsidR="00BF2206">
-[...5 lines deleted...]
-        <w:t>ser evaluados anónimamente.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Optima" w:hAnsi="Optima"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>, una vez que los artículos se hayan sometido a evaluación y se tenga la aceptación definitiva del mismo</w:t>
+      </w:r>
+      <w:r w:rsidR="00C074C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Optima" w:hAnsi="Optima"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>, con la confirmación por mail del Consejo Editor.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DE072C8" w14:textId="77777777" w:rsidR="007C0603" w:rsidRPr="007C0603" w:rsidRDefault="007C0603" w:rsidP="007C0603">
+    <w:p w14:paraId="06EA9DC4" w14:textId="77598768" w:rsidR="00C074C2" w:rsidRDefault="00C074C2" w:rsidP="0072303A">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Optima" w:hAnsi="Optima"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Optima" w:hAnsi="Optima"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Los coordinadores indicarán el orden el que consideran que deben ser publicados los artículos que sean definitivamente aceptados.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45FC254F" w14:textId="77777777" w:rsidR="0072303A" w:rsidRPr="00B14C66" w:rsidRDefault="0072303A" w:rsidP="0072303A">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Optima" w:hAnsi="Optima"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B14C66">
+        <w:rPr>
+          <w:rFonts w:ascii="Optima" w:hAnsi="Optima"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>En el proceso de envío han de indicar CLARAMENTE que el envío corresponde al monográfico, indicando: “Monográfico coordinado por XXX”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75302236" w14:textId="77777777" w:rsidR="0072303A" w:rsidRPr="00B14C66" w:rsidRDefault="0072303A" w:rsidP="0072303A">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Optima" w:hAnsi="Optima"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B14C66">
+        <w:rPr>
+          <w:rFonts w:ascii="Optima" w:hAnsi="Optima"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Los artículos deben contener todos los datos de identificación de los autores (como se indica en el documento de estilo). Antes de iniciar el proceso de revisión, se eliminarán dichos datos para ser evaluados anónimamente.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="529D5BA4" w14:textId="195CAD5D" w:rsidR="0072303A" w:rsidRPr="00B14C66" w:rsidRDefault="0072303A" w:rsidP="0072303A">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Optima" w:hAnsi="Optima"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B14C66">
+        <w:rPr>
+          <w:rFonts w:ascii="Optima" w:hAnsi="Optima"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Las indicaciones sobre la revisión de los artículos se facilitará </w:t>
+      </w:r>
+      <w:r w:rsidR="00C074C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Optima" w:hAnsi="Optima"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>telefónicamente</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00C074C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Optima" w:hAnsi="Optima"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y por mail </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B14C66">
+        <w:rPr>
+          <w:rFonts w:ascii="Optima" w:hAnsi="Optima"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a los editores del </w:t>
+      </w:r>
+      <w:r w:rsidR="00C074C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Optima" w:hAnsi="Optima"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">correspondiente </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B14C66">
+        <w:rPr>
+          <w:rFonts w:ascii="Optima" w:hAnsi="Optima"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>número monográfico en caso de ser aceptada su propuesta.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79D17D50" w14:textId="77777777" w:rsidR="0072303A" w:rsidRPr="00B14C66" w:rsidRDefault="0072303A" w:rsidP="0072303A">
       <w:pPr>
         <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Optima" w:hAnsi="Optima"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0A43BC93" w14:textId="7F5A6588" w:rsidR="008C1A5D" w:rsidRDefault="00942A19" w:rsidP="00942A19">
+    <w:p w14:paraId="74C164FD" w14:textId="3D0DE0EA" w:rsidR="0072303A" w:rsidRPr="00B14C66" w:rsidRDefault="0072303A" w:rsidP="0072303A">
       <w:pPr>
         <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="426"/>
         <w:rPr>
-          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:rFonts w:ascii="Optima" w:hAnsi="Optima"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B14C66">
+        <w:rPr>
+          <w:rFonts w:ascii="Optima" w:hAnsi="Optima"/>
           <w:noProof/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3B9E2EB9" wp14:editId="6499F9CB">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="245DBFB0" wp14:editId="348398A9">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>805473</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>267774</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1830070" cy="1000125"/>
             <wp:effectExtent l="76200" t="152400" r="74930" b="168275"/>
             <wp:wrapNone/>
-            <wp:docPr id="15" name="Imagen 15"/>
+            <wp:docPr id="15" name="Imagen 15" descr="Icono&#10;&#10;Descripción generada automáticamente"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="1" name="Captura de pantalla 2013-07-11 a la(s) 13.18.50.png"/>
+                    <pic:cNvPr id="15" name="Imagen 15" descr="Icono&#10;&#10;Descripción generada automáticamente"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8">
+                    <a:blip r:embed="rId9">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm rot="21025935">
                       <a:off x="0" y="0"/>
                       <a:ext cx="1830070" cy="1000125"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:extLst>
                       <a:ext uri="{FAA26D3D-D897-4be2-8F04-BA451C77F1D7}">
-                        <ma14:placeholderFlag xmlns="" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:ma14="http://schemas.microsoft.com/office/mac/drawingml/2011/main"/>
+                        <ma14:placeholderFlag xmlns:ma14="http://schemas.microsoft.com/office/mac/drawingml/2011/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns=""/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="008C1A5D">
-[...5 lines deleted...]
-        <w:t>Murcia</w:t>
+      <w:r w:rsidRPr="00B14C66">
+        <w:rPr>
+          <w:rFonts w:ascii="Optima" w:hAnsi="Optima"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Murcia, a </w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-        <w:t>,</w:t>
+      <w:r w:rsidR="00C074C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Optima" w:hAnsi="Optima"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidR="008C1A5D">
-[...18 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00B14C66">
+        <w:rPr>
+          <w:rFonts w:ascii="Optima" w:hAnsi="Optima"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> de </w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-        <w:t>febrero</w:t>
+      <w:r w:rsidR="00C074C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Optima" w:hAnsi="Optima"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>enero</w:t>
       </w:r>
-      <w:r w:rsidR="002A39B1">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> de 2019</w:t>
+      <w:r w:rsidRPr="00B14C66">
+        <w:rPr>
+          <w:rFonts w:ascii="Optima" w:hAnsi="Optima"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de 202</w:t>
       </w:r>
-      <w:r w:rsidR="00BF2206">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00C074C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Optima" w:hAnsi="Optima"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B14C66">
+        <w:rPr>
+          <w:rFonts w:ascii="Optima" w:hAnsi="Optima"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63A602D5" w14:textId="3D584BA2" w:rsidR="00002273" w:rsidRPr="00A46D53" w:rsidRDefault="00002273" w:rsidP="00002273">
+    <w:p w14:paraId="3A4C3293" w14:textId="77777777" w:rsidR="0072303A" w:rsidRPr="00B14C66" w:rsidRDefault="0072303A" w:rsidP="0072303A">
       <w:pPr>
         <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
-[...7 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Optima" w:hAnsi="Optima"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B14C66">
+        <w:rPr>
+          <w:rFonts w:ascii="Optima" w:hAnsi="Optima"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00B14C66">
+        <w:rPr>
+          <w:rFonts w:ascii="Optima" w:hAnsi="Optima"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72C77E64" w14:textId="77777777" w:rsidR="00B82730" w:rsidRPr="007C0603" w:rsidRDefault="00B82730" w:rsidP="007C0603">
+    <w:p w14:paraId="183D0433" w14:textId="77777777" w:rsidR="0072303A" w:rsidRPr="00B14C66" w:rsidRDefault="0072303A" w:rsidP="0072303A">
       <w:pPr>
         <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Optima" w:hAnsi="Optima"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7FF29F51" w14:textId="77777777" w:rsidR="00942A19" w:rsidRDefault="00942A19" w:rsidP="005B42A2">
+    <w:p w14:paraId="77D6E759" w14:textId="77777777" w:rsidR="0072303A" w:rsidRPr="00B14C66" w:rsidRDefault="0072303A" w:rsidP="0072303A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Optima" w:hAnsi="Optima"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="613E4422" w14:textId="77777777" w:rsidR="00942A19" w:rsidRDefault="00942A19" w:rsidP="005B42A2">
+    <w:p w14:paraId="0A7644D6" w14:textId="77777777" w:rsidR="0072303A" w:rsidRPr="00B14C66" w:rsidRDefault="0072303A" w:rsidP="0072303A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Optima" w:hAnsi="Optima"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="66E11F47" w14:textId="77777777" w:rsidR="00942A19" w:rsidRDefault="00942A19" w:rsidP="00942A19">
+    <w:p w14:paraId="763B70D3" w14:textId="77777777" w:rsidR="0072303A" w:rsidRDefault="0072303A" w:rsidP="0072303A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
-[...7 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Optima" w:hAnsi="Optima"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61643980" w14:textId="77777777" w:rsidR="0072303A" w:rsidRPr="00B14C66" w:rsidRDefault="0072303A" w:rsidP="0072303A">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Optima" w:hAnsi="Optima"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B14C66">
+        <w:rPr>
+          <w:rFonts w:ascii="Optima" w:hAnsi="Optima"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Consejo de Redacción REIFOP</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03253B20" w14:textId="0F4985B4" w:rsidR="00B82730" w:rsidRDefault="00B82730" w:rsidP="00942A19">
+    <w:p w14:paraId="5CFEBE16" w14:textId="77777777" w:rsidR="0072303A" w:rsidRPr="00B14C66" w:rsidRDefault="0072303A" w:rsidP="0072303A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:rFonts w:ascii="Optima" w:hAnsi="Optima"/>
           <w:i/>
-          <w:szCs w:val="22"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B14C66">
+        <w:rPr>
+          <w:rFonts w:ascii="Optima" w:hAnsi="Optima"/>
           <w:i/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Revista Electrónica Interuniversitaria de Formación del Profesorado (REIFOP)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="01BFDC41" w14:textId="203F74C5" w:rsidR="002A39B1" w:rsidRDefault="00942A19" w:rsidP="00942A19">
+    <w:p w14:paraId="33CF42FC" w14:textId="77777777" w:rsidR="0072303A" w:rsidRPr="00B14C66" w:rsidRDefault="0072303A" w:rsidP="0072303A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
-[...7 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Optima" w:hAnsi="Optima"/>
+          <w:i/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B14C66">
+        <w:rPr>
+          <w:rFonts w:ascii="Optima" w:hAnsi="Optima"/>
+          <w:i/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>https://revistas.um.es/reifop/</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38716316" w14:textId="77777777" w:rsidR="002A39B1" w:rsidRDefault="002A39B1" w:rsidP="005B42A2">
+    <w:p w14:paraId="31499417" w14:textId="77777777" w:rsidR="0072303A" w:rsidRPr="00B14C66" w:rsidRDefault="0072303A" w:rsidP="0072303A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Optima" w:hAnsi="Optima" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35BACD30" w14:textId="77777777" w:rsidR="002A39B1" w:rsidRDefault="002A39B1" w:rsidP="005B42A2">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="70F302AE" w14:textId="77777777" w:rsidR="002A39B1" w:rsidRDefault="002A39B1" w:rsidP="005B42A2">
+    <w:p w14:paraId="5A5E8D91" w14:textId="77777777" w:rsidR="002A39B1" w:rsidRDefault="002A39B1" w:rsidP="005B42A2">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="35BACD30" w14:textId="77777777" w:rsidR="002A39B1" w:rsidRDefault="002A39B1" w:rsidP="005B42A2">
-[...206 lines deleted...]
-    <w:p w14:paraId="2C7EAFE1" w14:textId="77777777" w:rsidR="003E19BA" w:rsidRDefault="003E19BA" w:rsidP="003E19BA">
+    <w:p w14:paraId="08806CA0" w14:textId="20D3E6A1" w:rsidR="002A39B1" w:rsidRDefault="00942A19" w:rsidP="00942A19">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+      <w:r w:rsidR="002A39B1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:br w:type="page"/>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">DOCUMENTO PARA PROPUESTA DE MONOGRÁFICOS </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7009572C" w14:textId="77777777" w:rsidR="00942A19" w:rsidRDefault="00942A19" w:rsidP="002A39B1">
+    <w:p w14:paraId="41D3E867" w14:textId="77777777" w:rsidR="002A39B1" w:rsidRPr="00D06588" w:rsidRDefault="002A39B1" w:rsidP="002A39B1">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1F9A66E1" w14:textId="77777777" w:rsidR="00942A19" w:rsidRDefault="00942A19" w:rsidP="002A39B1">
-[...1 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w14:paraId="79878CAF" w14:textId="77777777" w:rsidR="002A39B1" w:rsidRPr="00D06588" w:rsidRDefault="002A39B1" w:rsidP="002A39B1">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="08806CA0" w14:textId="016984D5" w:rsidR="002A39B1" w:rsidRDefault="002A39B1" w:rsidP="00942A19">
-[...40 lines deleted...]
-    <w:p w14:paraId="602D0A89" w14:textId="17CD711D" w:rsidR="002A39B1" w:rsidRDefault="002A39B1" w:rsidP="002A39B1">
+    <w:p w14:paraId="602D0A89" w14:textId="7F442AA1" w:rsidR="002A39B1" w:rsidRDefault="002A39B1" w:rsidP="002A39B1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Aquellas personas que deseen proponer un monográfico a la revista REIFOP deben enviar el siguiente documento a</w:t>
       </w:r>
-      <w:r w:rsidR="00970B76">
+      <w:r w:rsidR="00C074C2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> la </w:t>
+        <w:t xml:space="preserve">l editor </w:t>
       </w:r>
-      <w:r w:rsidR="00942A19">
+      <w:r w:rsidR="0072303A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>s</w:t>
+        <w:t>de la Revista</w:t>
       </w:r>
-      <w:r w:rsidR="00970B76">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>ecretaria del</w:t>
+        <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00C074C2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Consejo de Redacción (</w:t>
+        <w:t>Javier.maquilon</w:t>
       </w:r>
-      <w:r w:rsidR="00970B76">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>anabelen.mirete</w:t>
+        <w:t>@</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00970B76">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>@</w:t>
+        <w:t>um.es</w:t>
       </w:r>
-      <w:r w:rsidR="00970B76">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>um.es</w:t>
+        <w:t>) para su evaluación</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00C074C2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">) para su evaluación. </w:t>
+        <w:t xml:space="preserve"> por parte del Consejo Editorial.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3AFA1870" w14:textId="77777777" w:rsidR="002A39B1" w:rsidRPr="001C5361" w:rsidRDefault="002A39B1" w:rsidP="002A39B1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="113" w:type="dxa"/>
           <w:left w:w="142" w:type="dxa"/>
           <w:bottom w:w="113" w:type="dxa"/>
           <w:right w:w="142" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3828"/>
-        <w:gridCol w:w="4892"/>
+        <w:gridCol w:w="4106"/>
+        <w:gridCol w:w="4614"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002A39B1" w:rsidRPr="006E042B" w14:paraId="720EE5A3" w14:textId="77777777" w:rsidTr="002A39B1">
+      <w:tr w:rsidR="002A39B1" w:rsidRPr="006E042B" w14:paraId="720EE5A3" w14:textId="77777777" w:rsidTr="0072303A">
         <w:trPr>
           <w:trHeight w:val="531"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3828" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4106" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="27886565" w14:textId="77777777" w:rsidR="002A39B1" w:rsidRPr="00EB3529" w:rsidRDefault="002A39B1" w:rsidP="002A39B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E2432">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">TÍTULO </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>DEL MONOGRÁFICO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4892" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4614" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="36A68BF7" w14:textId="77777777" w:rsidR="002A39B1" w:rsidRPr="006E042B" w:rsidRDefault="002A39B1" w:rsidP="002A39B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2E544604" w14:textId="77777777" w:rsidR="002A39B1" w:rsidRPr="006E042B" w:rsidRDefault="002A39B1" w:rsidP="002A39B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A39B1" w:rsidRPr="001E2432" w14:paraId="12703555" w14:textId="77777777" w:rsidTr="002A39B1">
+      <w:tr w:rsidR="002A39B1" w:rsidRPr="001E2432" w14:paraId="12703555" w14:textId="77777777" w:rsidTr="0072303A">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3828" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4106" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="408C846B" w14:textId="77777777" w:rsidR="002A39B1" w:rsidRDefault="002A39B1" w:rsidP="002A39B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E2432">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">EDITOR/ES INVITADO/S </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="69C0CD6B" w14:textId="45DA1DE6" w:rsidR="002A39B1" w:rsidRPr="001E2432" w:rsidRDefault="002A39B1" w:rsidP="002A39B1">
+          <w:p w14:paraId="6CCA9DB7" w14:textId="77777777" w:rsidR="002A39B1" w:rsidRDefault="002A39B1" w:rsidP="002A39B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E2432">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(nombre, apellidos</w:t>
             </w:r>
             <w:r w:rsidR="00970B76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidRPr="001E2432">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>correo electrónico</w:t>
@@ -1961,79 +1453,98 @@
               <w:t xml:space="preserve"> y </w:t>
             </w:r>
             <w:r w:rsidR="00942A19">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>afiliación</w:t>
             </w:r>
             <w:r w:rsidR="00970B76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> profesional</w:t>
             </w:r>
             <w:r w:rsidRPr="001E2432">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="69C0CD6B" w14:textId="5A789251" w:rsidR="0072303A" w:rsidRPr="0072303A" w:rsidRDefault="0072303A" w:rsidP="002A39B1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0072303A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Índice h Google académico por coordinador</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4892" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4614" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="249565D4" w14:textId="77777777" w:rsidR="002A39B1" w:rsidRPr="00310109" w:rsidRDefault="002A39B1" w:rsidP="002A39B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002A39B1" w:rsidRPr="001E2432" w14:paraId="18FE8188" w14:textId="77777777" w:rsidTr="002A39B1">
         <w:trPr>
           <w:trHeight w:val="752"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8720" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="75BAC402" w14:textId="7DB86943" w:rsidR="002A39B1" w:rsidRPr="009C7D35" w:rsidRDefault="002A39B1" w:rsidP="002A39B1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">RESUMEN </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -2051,219 +1562,257 @@
             <w:r w:rsidR="00942A19" w:rsidRPr="00942A19">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>PALABRAS CLAVE</w:t>
             </w:r>
             <w:r w:rsidR="00942A19">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (4 máximo)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002A39B1" w:rsidRPr="001E2432" w14:paraId="1CB29BEA" w14:textId="77777777" w:rsidTr="002A39B1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8720" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="76BBFB2C" w14:textId="77777777" w:rsidR="002A39B1" w:rsidRDefault="002A39B1" w:rsidP="002A39B1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0D439C2A" w14:textId="77777777" w:rsidR="002A39B1" w:rsidRDefault="002A39B1" w:rsidP="002A39B1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="249FACBD" w14:textId="26AB1B50" w:rsidR="00942A19" w:rsidRPr="001E2432" w:rsidRDefault="00942A19" w:rsidP="002A39B1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002A39B1" w:rsidRPr="001E2432" w14:paraId="30B9E409" w14:textId="77777777" w:rsidTr="002A39B1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8720" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0B141DE7" w14:textId="77777777" w:rsidR="002A39B1" w:rsidRDefault="002A39B1" w:rsidP="002A39B1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009121C3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>JUSTIFICACIÓN DE LA IMPORTANCIA DE LA TEMÁTICA</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(máximo 500 palabras)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1DCBDBBF" w14:textId="77777777" w:rsidR="002A39B1" w:rsidRPr="009121C3" w:rsidRDefault="002A39B1" w:rsidP="002A39B1">
+          <w:p w14:paraId="44572B19" w14:textId="77777777" w:rsidR="002A39B1" w:rsidRDefault="002A39B1" w:rsidP="002A39B1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Aquí debe indicar la pertinencia del tema escogido, la originalidad y lo que aportaría sobre la producción existente.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E10A751" w14:textId="77777777" w:rsidR="0072303A" w:rsidRDefault="0072303A" w:rsidP="002A39B1">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>INDICAR UNA PROPUESTA DE ARTÍCULOS-AUTORES QUE SE INVITARÍAN Y QUE ESTARÍAN DISPUESTOS A PARTICIPAR (DEBE CONFIRMARSE PREVIAMENTE)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1DCBDBBF" w14:textId="21074706" w:rsidR="00C074C2" w:rsidRPr="009121C3" w:rsidRDefault="00C074C2" w:rsidP="002A39B1">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Mínimo 6 artículos – Máximo 8 artículos</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002A39B1" w:rsidRPr="001E2432" w14:paraId="670F62CB" w14:textId="77777777" w:rsidTr="002A39B1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8720" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="666E0934" w14:textId="77777777" w:rsidR="002A39B1" w:rsidRDefault="002A39B1" w:rsidP="002A39B1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7C049475" w14:textId="77777777" w:rsidR="002A39B1" w:rsidRDefault="002A39B1" w:rsidP="002A39B1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="26640B39" w14:textId="75CAB166" w:rsidR="00942A19" w:rsidRPr="009121C3" w:rsidRDefault="00942A19" w:rsidP="002A39B1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002A39B1" w:rsidRPr="001E2432" w14:paraId="5AA86B4E" w14:textId="77777777" w:rsidTr="002A39B1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8720" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="544E04D3" w14:textId="77777777" w:rsidR="002A39B1" w:rsidRDefault="002A39B1" w:rsidP="002A39B1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">ALCANCE INTERNACIONAL </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2279,102 +1828,100 @@
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Aquí debe estimar el impacto internacional del monográfico y la posible participación de autores extranjeros</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002A39B1" w:rsidRPr="001E2432" w14:paraId="3621FF60" w14:textId="77777777" w:rsidTr="002A39B1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8720" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0A297E4F" w14:textId="4288604B" w:rsidR="002A39B1" w:rsidRDefault="002A39B1" w:rsidP="002A39B1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="04E2F2BE" w14:textId="77777777" w:rsidR="007C3598" w:rsidRDefault="007C3598" w:rsidP="002A39B1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="74DF508C" w14:textId="77777777" w:rsidR="002A39B1" w:rsidRDefault="002A39B1" w:rsidP="002A39B1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002A39B1" w:rsidRPr="001E2432" w14:paraId="47717D2C" w14:textId="77777777" w:rsidTr="002A39B1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8720" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="514ECABC" w14:textId="77777777" w:rsidR="002A39B1" w:rsidRDefault="002A39B1" w:rsidP="002A39B1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>TIEMPO ESTIMADO DE GESTIÓN DEL MONOGRÁFICO</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="56C4655D" w14:textId="22F2FC56" w:rsidR="002A39B1" w:rsidRPr="009121C3" w:rsidRDefault="002A39B1" w:rsidP="002A39B1">
@@ -2391,99 +1938,97 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Esta información nos servirá para poder estimar en qué número sería más adecuado</w:t>
             </w:r>
             <w:r w:rsidR="003E19BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> la publicación de esta propuesta en caso de ser evaluada positivamente</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D77F9" w:rsidRPr="001E2432" w14:paraId="045CA310" w14:textId="77777777" w:rsidTr="002D14E9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8720" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5A3A02FF" w14:textId="1187202B" w:rsidR="009D77F9" w:rsidRDefault="009D77F9" w:rsidP="002D14E9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="07E9CD7E" w14:textId="77777777" w:rsidR="007C3598" w:rsidRDefault="007C3598" w:rsidP="002D14E9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1580AC3F" w14:textId="1AF8EA1C" w:rsidR="00041FB9" w:rsidRPr="009121C3" w:rsidRDefault="00041FB9" w:rsidP="002D14E9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D77F9" w:rsidRPr="001E2432" w14:paraId="48A74CCA" w14:textId="77777777" w:rsidTr="002D14E9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8720" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5051F8C9" w14:textId="3EF43FCA" w:rsidR="009D77F9" w:rsidRDefault="009D77F9" w:rsidP="009D77F9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>DISPONIBILIDAD DE TRADU</w:t>
             </w:r>
             <w:r w:rsidR="00041FB9">
               <w:rPr>
@@ -2525,252 +2070,352 @@
               </w:rPr>
               <w:t>Se valorará la posibilidad de asumir la responsabilidad de traducir todos los artículos a inglés para aumentar el impacto internacional de la revista</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1D3D02F6" w14:textId="77777777" w:rsidR="009D77F9" w:rsidRDefault="009D77F9" w:rsidP="002D14E9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002A39B1" w:rsidRPr="001E2432" w14:paraId="6534479E" w14:textId="77777777" w:rsidTr="002A39B1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8720" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="67DBD966" w14:textId="2F7D1345" w:rsidR="002A39B1" w:rsidRDefault="002A39B1" w:rsidP="002A39B1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6C591641" w14:textId="77777777" w:rsidR="007C3598" w:rsidRDefault="007C3598" w:rsidP="002A39B1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="783004C7" w14:textId="77777777" w:rsidR="002A39B1" w:rsidRDefault="002A39B1" w:rsidP="002A39B1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002A39B1" w:rsidRPr="001E2432" w14:paraId="43F85AE7" w14:textId="77777777" w:rsidTr="002A39B1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8720" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="21AC6605" w14:textId="77777777" w:rsidR="002A39B1" w:rsidRDefault="002A39B1" w:rsidP="002A39B1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">POSIBILIDAD DE SUFRAGAR EL GASTO DE LA EDICIÓN </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6DD29DB0" w14:textId="66922901" w:rsidR="002A39B1" w:rsidRPr="009121C3" w:rsidRDefault="002A39B1" w:rsidP="007C3598">
+          <w:p w14:paraId="73D02DBF" w14:textId="21F10D34" w:rsidR="002A39B1" w:rsidRDefault="002A39B1" w:rsidP="007C3598">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Posibilidad de sufrag</w:t>
             </w:r>
             <w:r w:rsidR="007F1424">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">ar a través de proyectos </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> u otras </w:t>
+              <w:t xml:space="preserve">ar a través de proyectos I+D+i u otras </w:t>
             </w:r>
             <w:r w:rsidR="003E19BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>fuentes de financiación</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> similar</w:t>
             </w:r>
             <w:r w:rsidR="007F1424">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>es</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> los costes de maquetación, revisión </w:t>
+              <w:t xml:space="preserve"> los costes de </w:t>
+            </w:r>
+            <w:r w:rsidR="00274206">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">formación, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">maquetación, revisión </w:t>
             </w:r>
             <w:r w:rsidR="007C3598">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>de estilo, traducción y difusión.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D5E16A4" w14:textId="77777777" w:rsidR="00C074C2" w:rsidRDefault="00C074C2" w:rsidP="007C3598">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6B3E1A50" w14:textId="5CEC3410" w:rsidR="0072303A" w:rsidRDefault="0072303A" w:rsidP="007C3598">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Se realizaría mediante un proyecto artículo 60 gestionado por la OTRI</w:t>
+            </w:r>
+            <w:r w:rsidR="00274206">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de la Universidad de Murcia y las entidades contratantes</w:t>
+            </w:r>
+            <w:r w:rsidR="00C074C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, como mínimo un año antes de la publicación del número asignado.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13266EE2" w14:textId="77777777" w:rsidR="00C074C2" w:rsidRDefault="00C074C2" w:rsidP="007C3598">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6DD29DB0" w14:textId="630F3B3B" w:rsidR="0072303A" w:rsidRPr="00274206" w:rsidRDefault="0072303A" w:rsidP="007C3598">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00274206">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Coste estimado 2</w:t>
+            </w:r>
+            <w:r w:rsidR="00C074C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00274206">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>00 euros / monográfico</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002A39B1" w:rsidRPr="001E2432" w14:paraId="107A4CAC" w14:textId="77777777" w:rsidTr="002A39B1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8720" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="29C43466" w14:textId="103BFA8F" w:rsidR="002A39B1" w:rsidRDefault="002A39B1" w:rsidP="002A39B1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="680808B4" w14:textId="77777777" w:rsidR="007C3598" w:rsidRDefault="007C3598" w:rsidP="002A39B1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="1" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="1"/>
           </w:p>
           <w:p w14:paraId="671AF6C8" w14:textId="77777777" w:rsidR="003E19BA" w:rsidRDefault="003E19BA" w:rsidP="003E19BA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="63363252" w14:textId="77777777" w:rsidR="002A39B1" w:rsidRDefault="002A39B1" w:rsidP="005B42A2">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES_tradnl"/>
@@ -2778,116 +2423,116 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="31355220" w14:textId="77777777" w:rsidR="002A39B1" w:rsidRDefault="002A39B1" w:rsidP="005B42A2">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="659C6366" w14:textId="77777777" w:rsidR="002A39B1" w:rsidRPr="00A46D53" w:rsidRDefault="002A39B1" w:rsidP="005B42A2">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
           <w:i/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="002A39B1" w:rsidRPr="00A46D53" w:rsidSect="00B82730">
-[...5 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId14"/>
+    <w:sectPr w:rsidR="002A39B1" w:rsidRPr="00A46D53" w:rsidSect="0072303A">
+      <w:headerReference w:type="even" r:id="rId10"/>
+      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:footerReference w:type="even" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
+      <w:headerReference w:type="first" r:id="rId14"/>
+      <w:footerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="11901" w:h="16817"/>
-      <w:pgMar w:top="2240" w:right="1418" w:bottom="1418" w:left="1701" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="2464" w:right="1418" w:bottom="1418" w:left="1701" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="219"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="66251543" w14:textId="77777777" w:rsidR="00E25CF7" w:rsidRDefault="00E25CF7">
+    <w:p w14:paraId="5DBA3543" w14:textId="77777777" w:rsidR="00542E0C" w:rsidRDefault="00542E0C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="17CF5C65" w14:textId="77777777" w:rsidR="00E25CF7" w:rsidRDefault="00E25CF7">
+    <w:p w14:paraId="7357A9F7" w14:textId="77777777" w:rsidR="00542E0C" w:rsidRDefault="00542E0C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
-    <w:charset w:val="02"/>
+    <w:charset w:val="4D"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Candara">
     <w:panose1 w:val="020E0502030303020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000A44B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
@@ -2921,169 +2566,176 @@
     <w:altName w:val="Onyx"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Souvenir Lt BT">
     <w:altName w:val="Cambria"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="5000785B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ヒラギノ角ゴ Pro W3">
-    <w:panose1 w:val="020B0300000000000000"/>
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="4E"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Optima">
+    <w:panose1 w:val="02000503060000020004"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80000067" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="FootlightMTLight">
     <w:altName w:val="Footlight MT Light"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Comic Sans MS">
     <w:panose1 w:val="030F0702030302020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="script"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4FACE289" w14:textId="77777777" w:rsidR="002A39B1" w:rsidRPr="00AA5BEF" w:rsidRDefault="002A39B1" w:rsidP="00DE606B">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4252"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="FootlightMTLight"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3B4A5572" w14:textId="77777777" w:rsidR="002A39B1" w:rsidRPr="00AA5BEF" w:rsidRDefault="002A39B1" w:rsidP="007B642A">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:rPr>
         <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="FootlightMTLight"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="30D89A21" w14:textId="77777777" w:rsidR="002A39B1" w:rsidRPr="00581929" w:rsidRDefault="002A39B1" w:rsidP="00DD3464">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="30D89A21" w14:textId="03CE3B1A" w:rsidR="002A39B1" w:rsidRPr="00581929" w:rsidRDefault="002A39B1" w:rsidP="00DD3464">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="1280"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
         <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00B82730">
       <w:rPr>
         <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
         <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>Javier J. Maquilón Sánchez</w:t>
     </w:r>
     <w:r w:rsidRPr="00581929">
       <w:rPr>
         <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
         <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> –</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
         <w:b/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00C074C2">
       <w:rPr>
         <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
         <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>jjmaqui</w:t>
+      <w:t>Javier.maquilon</w:t>
     </w:r>
     <w:r w:rsidRPr="00581929">
       <w:rPr>
         <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
         <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>@um.es</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="009DB6F0" w14:textId="77777777" w:rsidR="002A39B1" w:rsidRPr="00ED47E4" w:rsidRDefault="002A39B1" w:rsidP="00ED47E4">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
         <w:color w:val="7F7F7F"/>
         <w:sz w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00ED47E4">
       <w:rPr>
         <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
         <w:color w:val="7F7F7F"/>
         <w:sz w:val="18"/>
@@ -3131,95 +2783,77 @@
     </w:pPr>
     <w:r w:rsidRPr="00ED47E4">
       <w:rPr>
         <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
         <w:color w:val="7F7F7F"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">30100 </w:t>
     </w:r>
     <w:proofErr w:type="gramStart"/>
     <w:r w:rsidRPr="00ED47E4">
       <w:rPr>
         <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
         <w:color w:val="7F7F7F"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t>Campus</w:t>
     </w:r>
     <w:proofErr w:type="gramEnd"/>
     <w:r w:rsidRPr="00ED47E4">
       <w:rPr>
         <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
         <w:color w:val="7F7F7F"/>
         <w:sz w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve"> de </w:t>
-[...17 lines deleted...]
-      <w:t xml:space="preserve"> (MURCIA)</w:t>
+      <w:t xml:space="preserve"> de Espinardo (MURCIA)</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3F025161" w14:textId="77777777" w:rsidR="00E25CF7" w:rsidRDefault="00E25CF7">
+    <w:p w14:paraId="3FE65211" w14:textId="77777777" w:rsidR="00542E0C" w:rsidRDefault="00542E0C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="202E59A4" w14:textId="77777777" w:rsidR="00E25CF7" w:rsidRDefault="00E25CF7">
+    <w:p w14:paraId="1AA5F819" w14:textId="77777777" w:rsidR="00542E0C" w:rsidRDefault="00542E0C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0F494D64" w14:textId="77777777" w:rsidR="002A39B1" w:rsidRPr="00366BDA" w:rsidRDefault="00366BDA" w:rsidP="00366BDA">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
     <w:r w:rsidRPr="00051E78">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0439A027" wp14:editId="31C1B2C3">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>38100</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>201930</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="2514600" cy="698500"/>
           <wp:effectExtent l="0" t="0" r="0" b="12700"/>
           <wp:wrapThrough wrapText="bothSides">
             <wp:wrapPolygon edited="0">
               <wp:start x="436" y="785"/>
               <wp:lineTo x="218" y="21207"/>
               <wp:lineTo x="21382" y="21207"/>
               <wp:lineTo x="21382" y="785"/>
@@ -3260,51 +2894,51 @@
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="206FC5F6" w14:textId="77777777" w:rsidR="002A39B1" w:rsidRPr="00AA5BEF" w:rsidRDefault="002A39B1" w:rsidP="007B642A">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Candara" w:hAnsi="Candara"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00051E78">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6EF3BE53" wp14:editId="17D96E0A">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>190500</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>354330</wp:posOffset>
@@ -3354,51 +2988,51 @@
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4029584D" w14:textId="77777777" w:rsidR="002A39B1" w:rsidRPr="00FD6240" w:rsidRDefault="002A39B1" w:rsidP="00FD6240">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:ind w:right="-709"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00051E78">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0B5F4117" wp14:editId="6050BF75">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-114300</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>49530</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="2514600" cy="698500"/>
@@ -3471,87 +3105,87 @@
         <w:tab w:val="clear" w:pos="8504"/>
       </w:tabs>
       <w:ind w:right="-709"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="213BFFD2" w14:textId="77777777" w:rsidR="002A39B1" w:rsidRPr="00FB7F8E" w:rsidRDefault="002A39B1" w:rsidP="00FD6240">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:rPr>
         <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:numPicBullet w:numPicBulletId="0">
     <w:pict>
-      <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+      <v:shapetype w14:anchorId="6EC30853" id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
         <v:stroke joinstyle="miter"/>
         <v:formulas>
           <v:f eqn="if lineDrawn pixelLineWidth 0"/>
           <v:f eqn="sum @0 1 0"/>
           <v:f eqn="sum 0 0 @1"/>
           <v:f eqn="prod @2 1 2"/>
           <v:f eqn="prod @3 21600 pixelWidth"/>
           <v:f eqn="prod @3 21600 pixelHeight"/>
           <v:f eqn="sum @0 0 1"/>
           <v:f eqn="prod @6 1 2"/>
           <v:f eqn="prod @7 21600 pixelWidth"/>
           <v:f eqn="sum @8 21600 0"/>
           <v:f eqn="prod @7 21600 pixelHeight"/>
           <v:f eqn="sum @10 21600 0"/>
         </v:formulas>
         <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
         <o:lock v:ext="edit" aspectratio="t"/>
       </v:shapetype>
-      <v:shape id="_x0000_i1035" type="#_x0000_t75" style="width:.9pt;height:.9pt" o:bullet="t">
+      <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:.55pt;height:.55pt" o:bullet="t">
         <v:imagedata r:id="rId1" o:title=""/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:numPicBullet w:numPicBulletId="1">
     <w:pict>
-      <v:shape id="_x0000_i1036" type="#_x0000_t75" style="width:15.25pt;height:15.25pt" o:bullet="t">
+      <v:shape id="_x0000_i1026" type="#_x0000_t75" style="width:15.5pt;height:15.5pt" o:bullet="t">
         <v:imagedata r:id="rId2" o:title="msoB53D"/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:numPicBullet w:numPicBulletId="2">
     <w:pict>
-      <v:shape id="_x0000_i1037" type="#_x0000_t75" style="width:15.25pt;height:15.25pt" o:bullet="t">
+      <v:shape id="_x0000_i1027" type="#_x0000_t75" style="width:15.5pt;height:15.5pt" o:bullet="t">
         <v:imagedata r:id="rId3" o:title="Word Work File L_224197187"/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="115C2A07"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1902D5F2"/>
     <w:lvl w:ilvl="0" w:tplc="CA441064">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cambria" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4874,243 +4508,249 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5388" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C0A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6108" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C0A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6828" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="457334567">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="454712129">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="430974553">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="558786487">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="921990774">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="358437293">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1111248135">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1205829485">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="845748952">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="1670714696">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="527328562">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="2147241187">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="5"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:val="bestFit" w:percent="217"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="180"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:evenAndOddHeaders/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D71F5E"/>
     <w:rsid w:val="00000D8B"/>
     <w:rsid w:val="00002273"/>
     <w:rsid w:val="0000426F"/>
+    <w:rsid w:val="00010556"/>
     <w:rsid w:val="00041FB9"/>
     <w:rsid w:val="0004412E"/>
     <w:rsid w:val="00045C58"/>
     <w:rsid w:val="00045D8B"/>
     <w:rsid w:val="00046888"/>
     <w:rsid w:val="00087D00"/>
     <w:rsid w:val="000B22CC"/>
     <w:rsid w:val="000D3E74"/>
     <w:rsid w:val="000E506C"/>
     <w:rsid w:val="001137E0"/>
     <w:rsid w:val="0011463C"/>
     <w:rsid w:val="001178C5"/>
     <w:rsid w:val="00137779"/>
     <w:rsid w:val="00137C2D"/>
     <w:rsid w:val="00141930"/>
     <w:rsid w:val="0014684C"/>
     <w:rsid w:val="00170C30"/>
     <w:rsid w:val="0019413E"/>
     <w:rsid w:val="001A0E48"/>
     <w:rsid w:val="001D4D47"/>
     <w:rsid w:val="001E65BF"/>
     <w:rsid w:val="001F5451"/>
     <w:rsid w:val="001F66B5"/>
     <w:rsid w:val="00202E74"/>
     <w:rsid w:val="002130E4"/>
     <w:rsid w:val="002326FE"/>
     <w:rsid w:val="0023539C"/>
     <w:rsid w:val="00256731"/>
     <w:rsid w:val="00260321"/>
     <w:rsid w:val="00263FB0"/>
     <w:rsid w:val="00272C16"/>
+    <w:rsid w:val="00274206"/>
     <w:rsid w:val="00284327"/>
     <w:rsid w:val="00290A2C"/>
     <w:rsid w:val="002A39B1"/>
     <w:rsid w:val="002B645E"/>
     <w:rsid w:val="002D6F42"/>
     <w:rsid w:val="002E03CB"/>
     <w:rsid w:val="002F16DD"/>
     <w:rsid w:val="0030398A"/>
     <w:rsid w:val="003052C9"/>
     <w:rsid w:val="00313F43"/>
     <w:rsid w:val="003241AB"/>
     <w:rsid w:val="00364DE6"/>
     <w:rsid w:val="00366BDA"/>
     <w:rsid w:val="00367233"/>
     <w:rsid w:val="003749C7"/>
     <w:rsid w:val="00395B26"/>
     <w:rsid w:val="003A688C"/>
     <w:rsid w:val="003D1A0B"/>
     <w:rsid w:val="003D342E"/>
     <w:rsid w:val="003D6010"/>
     <w:rsid w:val="003E19BA"/>
     <w:rsid w:val="003E1B5B"/>
     <w:rsid w:val="003F4D35"/>
     <w:rsid w:val="004001FA"/>
     <w:rsid w:val="00403C6A"/>
     <w:rsid w:val="00404562"/>
     <w:rsid w:val="00472E95"/>
     <w:rsid w:val="00486B23"/>
     <w:rsid w:val="004A4CD4"/>
     <w:rsid w:val="004D3735"/>
     <w:rsid w:val="004F575F"/>
     <w:rsid w:val="00500EE9"/>
     <w:rsid w:val="0051353C"/>
     <w:rsid w:val="00531566"/>
+    <w:rsid w:val="00542E0C"/>
     <w:rsid w:val="00552D30"/>
     <w:rsid w:val="00553BA1"/>
     <w:rsid w:val="005612DC"/>
     <w:rsid w:val="0057051D"/>
+    <w:rsid w:val="00571141"/>
     <w:rsid w:val="00571B9D"/>
     <w:rsid w:val="005741BF"/>
     <w:rsid w:val="00581929"/>
     <w:rsid w:val="00584A5E"/>
     <w:rsid w:val="0059533F"/>
     <w:rsid w:val="005A00F6"/>
     <w:rsid w:val="005A0E12"/>
     <w:rsid w:val="005A17DC"/>
     <w:rsid w:val="005A5B32"/>
     <w:rsid w:val="005B0CE9"/>
     <w:rsid w:val="005B42A2"/>
     <w:rsid w:val="005C0526"/>
     <w:rsid w:val="005D5195"/>
     <w:rsid w:val="005E5FA6"/>
     <w:rsid w:val="00604904"/>
     <w:rsid w:val="006124B3"/>
     <w:rsid w:val="00612982"/>
     <w:rsid w:val="00622C5D"/>
     <w:rsid w:val="00633042"/>
     <w:rsid w:val="00676C9E"/>
     <w:rsid w:val="0068201A"/>
     <w:rsid w:val="00687A79"/>
     <w:rsid w:val="00695BC4"/>
     <w:rsid w:val="006C6C55"/>
     <w:rsid w:val="006D0423"/>
     <w:rsid w:val="006E63F0"/>
     <w:rsid w:val="006E66E7"/>
     <w:rsid w:val="006F0D72"/>
     <w:rsid w:val="006F63C1"/>
     <w:rsid w:val="0070058B"/>
+    <w:rsid w:val="0072303A"/>
     <w:rsid w:val="00723577"/>
     <w:rsid w:val="00723CA6"/>
     <w:rsid w:val="00727E18"/>
     <w:rsid w:val="00733B4F"/>
     <w:rsid w:val="00761CAF"/>
     <w:rsid w:val="00765931"/>
     <w:rsid w:val="00771858"/>
     <w:rsid w:val="007751EB"/>
     <w:rsid w:val="00795FA2"/>
     <w:rsid w:val="007B3B00"/>
     <w:rsid w:val="007B49FF"/>
     <w:rsid w:val="007B5B5F"/>
     <w:rsid w:val="007B642A"/>
     <w:rsid w:val="007C0603"/>
     <w:rsid w:val="007C3598"/>
     <w:rsid w:val="007C61F6"/>
     <w:rsid w:val="007C66AC"/>
     <w:rsid w:val="007D66D0"/>
     <w:rsid w:val="007F1424"/>
     <w:rsid w:val="008124CF"/>
+    <w:rsid w:val="00817002"/>
     <w:rsid w:val="00832263"/>
     <w:rsid w:val="00837FE9"/>
     <w:rsid w:val="008450A3"/>
     <w:rsid w:val="008557A3"/>
     <w:rsid w:val="008571F4"/>
     <w:rsid w:val="00861286"/>
     <w:rsid w:val="00862B70"/>
     <w:rsid w:val="0089336F"/>
     <w:rsid w:val="008B4E23"/>
     <w:rsid w:val="008C1A5D"/>
     <w:rsid w:val="008D0068"/>
     <w:rsid w:val="008E3633"/>
     <w:rsid w:val="008F1A86"/>
     <w:rsid w:val="008F24E7"/>
     <w:rsid w:val="00904BD3"/>
     <w:rsid w:val="00914B2E"/>
     <w:rsid w:val="0092065B"/>
     <w:rsid w:val="009320A1"/>
     <w:rsid w:val="00937489"/>
     <w:rsid w:val="00942A19"/>
     <w:rsid w:val="00970B76"/>
     <w:rsid w:val="0098398D"/>
     <w:rsid w:val="009B0894"/>
     <w:rsid w:val="009B77E8"/>
     <w:rsid w:val="009D2EDE"/>
@@ -5124,72 +4764,74 @@
     <w:rsid w:val="00A263B9"/>
     <w:rsid w:val="00A46D53"/>
     <w:rsid w:val="00A576C8"/>
     <w:rsid w:val="00A704EB"/>
     <w:rsid w:val="00AA5BEF"/>
     <w:rsid w:val="00AA64E7"/>
     <w:rsid w:val="00AA7381"/>
     <w:rsid w:val="00AB2E5D"/>
     <w:rsid w:val="00AC4413"/>
     <w:rsid w:val="00AC484A"/>
     <w:rsid w:val="00AC5AB6"/>
     <w:rsid w:val="00AE0177"/>
     <w:rsid w:val="00B05C97"/>
     <w:rsid w:val="00B82730"/>
     <w:rsid w:val="00B83187"/>
     <w:rsid w:val="00B843EF"/>
     <w:rsid w:val="00B93884"/>
     <w:rsid w:val="00BA7B12"/>
     <w:rsid w:val="00BC06C9"/>
     <w:rsid w:val="00BD0B63"/>
     <w:rsid w:val="00BD5CEF"/>
     <w:rsid w:val="00BE0190"/>
     <w:rsid w:val="00BE3C3F"/>
     <w:rsid w:val="00BE4EF8"/>
     <w:rsid w:val="00BF2206"/>
+    <w:rsid w:val="00C074C2"/>
     <w:rsid w:val="00C1726D"/>
     <w:rsid w:val="00C21F9C"/>
     <w:rsid w:val="00C337F3"/>
     <w:rsid w:val="00C66ED5"/>
     <w:rsid w:val="00C777DE"/>
     <w:rsid w:val="00C8401F"/>
     <w:rsid w:val="00C953E2"/>
     <w:rsid w:val="00C97973"/>
     <w:rsid w:val="00CA685E"/>
     <w:rsid w:val="00CB094B"/>
     <w:rsid w:val="00CC293D"/>
     <w:rsid w:val="00CC4AA2"/>
     <w:rsid w:val="00CD1010"/>
     <w:rsid w:val="00CE126A"/>
     <w:rsid w:val="00CF1B39"/>
     <w:rsid w:val="00D01A34"/>
     <w:rsid w:val="00D13B10"/>
     <w:rsid w:val="00D21DDE"/>
     <w:rsid w:val="00D3378B"/>
     <w:rsid w:val="00D37BE0"/>
     <w:rsid w:val="00D428C2"/>
     <w:rsid w:val="00D62567"/>
+    <w:rsid w:val="00D65A81"/>
     <w:rsid w:val="00D6636A"/>
     <w:rsid w:val="00D71F5E"/>
     <w:rsid w:val="00D86547"/>
     <w:rsid w:val="00DB2F2C"/>
     <w:rsid w:val="00DD1BB9"/>
     <w:rsid w:val="00DD3464"/>
     <w:rsid w:val="00DE594E"/>
     <w:rsid w:val="00DE606B"/>
     <w:rsid w:val="00E035E6"/>
     <w:rsid w:val="00E06DC4"/>
     <w:rsid w:val="00E17C51"/>
     <w:rsid w:val="00E23318"/>
     <w:rsid w:val="00E25CF7"/>
     <w:rsid w:val="00E2606D"/>
     <w:rsid w:val="00E84724"/>
     <w:rsid w:val="00E94718"/>
     <w:rsid w:val="00EA0350"/>
     <w:rsid w:val="00EB0235"/>
     <w:rsid w:val="00EB27A9"/>
     <w:rsid w:val="00EC2D55"/>
     <w:rsid w:val="00ED40C2"/>
     <w:rsid w:val="00ED47E4"/>
     <w:rsid w:val="00EE089A"/>
     <w:rsid w:val="00EE24C2"/>
     <w:rsid w:val="00F24333"/>
@@ -5203,75 +4845,75 @@
     <w:rsid w:val="00F96E50"/>
     <w:rsid w:val="00FA0430"/>
     <w:rsid w:val="00FA39A3"/>
     <w:rsid w:val="00FB0320"/>
     <w:rsid w:val="00FD16FB"/>
     <w:rsid w:val="00FD6240"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef m:val="0"/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapRight/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="subSup"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-ES_tradnl" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="538135FD"/>
   <w14:defaultImageDpi w14:val="300"/>
   <w15:docId w15:val="{33D161A0-C2C1-1F47-81B9-9871127BFC0B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -5594,50 +5236,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="es-ES"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Ttulo1Car"/>
     <w:qFormat/>
     <w:rsid w:val="00957E6B"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
@@ -6453,51 +6096,51 @@
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PiedepginaCar">
     <w:name w:val="Pie de página Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Piedepgina"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00ED47E4"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="es-ES"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="134030651">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="677660332">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -6526,63 +6169,63 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1947612326">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:encoding w:val="windows-1252"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revistas.um.es/reifop/about" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revistas.um.es/reifop/about" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
 </file>
 
 <file path=word/_rels/numbering.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.gif"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.gif"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -6870,75 +6513,75 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>577</Words>
-  <Characters>3175</Characters>
+  <Words>753</Words>
+  <Characters>4341</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>26</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>149</Lines>
+  <Paragraphs>56</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Articulating choice and deliberation in conducting</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Dark</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3745</CharactersWithSpaces>
+  <CharactersWithSpaces>5038</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="30" baseType="variant">
       <vt:variant>
         <vt:i4>1441907</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>9</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.aufop.com/aufop/revistas/arta/digital/147/1452</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>1245298</vt:i4>
       </vt:variant>
       <vt:variant>