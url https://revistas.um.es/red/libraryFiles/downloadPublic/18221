--- v0 (2025-12-28)
+++ v1 (2026-02-20)
@@ -5035,272 +5035,322 @@
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>Declaración de las c</w:t>
       </w:r>
       <w:r w:rsidR="001753DF" w:rsidRPr="001753DF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>ontribuciones de l</w:t>
       </w:r>
       <w:r w:rsidR="00101D8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>as personas autoras</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="723EFB8E" w14:textId="77777777" w:rsidR="001E4C56" w:rsidRDefault="001E4C56" w:rsidP="001753DF">
+    <w:p w14:paraId="312763F6" w14:textId="77777777" w:rsidR="00DD7E23" w:rsidRDefault="00DD7E23" w:rsidP="001753DF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6528"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-    <w:p w14:paraId="265E98A1" w14:textId="2B0DE6B6" w:rsidR="001753DF" w:rsidRPr="001753DF" w:rsidRDefault="001753DF" w:rsidP="001753DF">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7904E1AE" w14:textId="26E31445" w:rsidR="00DD7E23" w:rsidRPr="00DD7E23" w:rsidRDefault="001753DF" w:rsidP="00DD7E23">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6528"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001753DF">
-[...176 lines deleted...]
-    <w:p w14:paraId="090FB8E8" w14:textId="6D5502EF" w:rsidR="00AC0B14" w:rsidRDefault="00AC0B14" w:rsidP="000111EA">
+      <w:r w:rsidRPr="00DD7E23">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">En los artículos de investigación en los que participen varios autores, deberá incluirse un breve párrafo en el que se especifiquen sus contribuciones individuales. Deben utilizarse </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD7E23" w:rsidRPr="00DD7E23">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">la siguiente estructura, sustituyendo los marcadores por las iniciales de </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD7E23">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD7E23" w:rsidRPr="00DD7E23">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ombre y </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD7E23">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD7E23" w:rsidRPr="00DD7E23">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rimer </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD7E23">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD7E23" w:rsidRPr="00DD7E23">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>pellido</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD7E23">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="265E98A1" w14:textId="1F79020B" w:rsidR="001753DF" w:rsidRPr="001753DF" w:rsidRDefault="001753DF" w:rsidP="001753DF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6528"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-    <w:p w14:paraId="2F0284BA" w14:textId="720D65B0" w:rsidR="000111EA" w:rsidRPr="000111EA" w:rsidRDefault="000111EA" w:rsidP="000111EA">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001753DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>«Conceptualización, X.X. e Y.Y.;</w:t>
+      </w:r>
+      <w:r w:rsidR="00312678">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> curación de datos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001753DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, X.X.; software, X.X.; </w:t>
+      </w:r>
+      <w:r w:rsidR="00312678">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>análisis formal</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001753DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, X.X., Y.Y. y Z.Z.; </w:t>
+      </w:r>
+      <w:r w:rsidR="00312678">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>obtención de fondos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001753DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, X.X.; investigación, X.X.; </w:t>
+      </w:r>
+      <w:r w:rsidR="00312678">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>metodología</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001753DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, X.X.; </w:t>
+      </w:r>
+      <w:r w:rsidR="00312678">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>administración del proyecto</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001753DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, X.X.; </w:t>
+      </w:r>
+      <w:r w:rsidR="00312678">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>recursos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001753DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, X.X.; </w:t>
+      </w:r>
+      <w:r w:rsidR="00312678">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>supervisión</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001753DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, X.X.; </w:t>
+      </w:r>
+      <w:r w:rsidR="00312678">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>validación</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001753DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, X.X.; </w:t>
+      </w:r>
+      <w:r w:rsidR="00312678">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>visualización</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001753DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, X.X.; </w:t>
+      </w:r>
+      <w:r w:rsidR="00312678">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>redacción – borrador original</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001753DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>, Y.Y</w:t>
+      </w:r>
+      <w:r w:rsidR="00312678">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>; redacción – revisión y edición</w:t>
+      </w:r>
+      <w:r w:rsidR="00312678" w:rsidRPr="001753DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00312678">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Z</w:t>
+      </w:r>
+      <w:r w:rsidR="00312678" w:rsidRPr="001753DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00312678">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Z</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001753DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>. Consulte la taxonomía CRediT para la explicación de los términos.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="090FB8E8" w14:textId="6D5502EF" w:rsidR="00AC0B14" w:rsidRDefault="00AC0B14" w:rsidP="000111EA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6528"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F0284BA" w14:textId="720D65B0" w:rsidR="000111EA" w:rsidRPr="000111EA" w:rsidRDefault="000111EA" w:rsidP="000111EA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6528"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="000111EA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>Financiación</w:t>
       </w:r>
       <w:r w:rsidRPr="000111EA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0EAA90A4" w14:textId="6C395092" w:rsidR="000111EA" w:rsidRDefault="000111EA" w:rsidP="000111EA">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="59831AED" w14:textId="77777777" w:rsidR="006B1B4D" w:rsidRDefault="006B1B4D" w:rsidP="000111EA">
       <w:pPr>
@@ -5498,116 +5548,78 @@
     </w:p>
     <w:p w14:paraId="31DCDA4A" w14:textId="4DBD4CAB" w:rsidR="006B1B4D" w:rsidRPr="00986D17" w:rsidRDefault="006B1B4D" w:rsidP="000111EA">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="340" w:hanging="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FCFCFC"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986D17">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FCFCFC"/>
         </w:rPr>
         <w:t>Ejemplos:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="489889A5" w14:textId="7D6157D4" w:rsidR="008B420A" w:rsidRDefault="00512BF9" w:rsidP="008B420A">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="340" w:hanging="340"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:r w:rsidRPr="00986D17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cihak, D.F., Moore, E.J, Wright, R.E., Mcmahon, D.D., Gibbons, M.M. &amp; Smith, C. (2016). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000111EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Evaluating augmented reality to complete a chain task for elementary students with autism. </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00986D17">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-        <w:t>Cihak</w:t>
+          <w:i/>
+        </w:rPr>
+        <w:t>Journal</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00986D17">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...26 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
         </w:rPr>
-        <w:t>Journal</w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> Special </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00986D17">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
         </w:rPr>
         <w:t>Education</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00986D17">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00986D17">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
         </w:rPr>
         <w:t>Technology</w:t>
       </w:r>
@@ -5656,171 +5668,146 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Lozano </w:t>
       </w:r>
       <w:r w:rsidRPr="008B420A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Rivas, F., &amp; del Cerro Velázquez, F. (2020). Pensamiento computacional en el área de dibujo técnico. En </w:t>
       </w:r>
       <w:r w:rsidRPr="008B420A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Actas del II Congreso Internacional de Innovación Docente e Investigación en Educación Superior: Avanzando en las áreas de conocimiento (11, 12 y 13 de noviembre de 2020)</w:t>
       </w:r>
       <w:r w:rsidRPr="008B420A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> (p. 246). Asociación Universitaria de Educación y Psicología (ASUNIVEP).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D898F77" w14:textId="5A96F6C5" w:rsidR="008B420A" w:rsidRDefault="008B420A" w:rsidP="000111EA">
+    <w:p w14:paraId="60D1E717" w14:textId="208FC219" w:rsidR="008B420A" w:rsidRPr="000111EA" w:rsidRDefault="008B420A" w:rsidP="000111EA">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="340" w:hanging="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008B420A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Morales Méndez, G., </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">del </w:t>
       </w:r>
       <w:r w:rsidRPr="008B420A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">Cerro Velázquez, F. &amp; Lozano Avilés, A. B. (2022). Diseño y producción de un motor turbofán de aviación civil en realidad aumentada. En Á. Martos Martínez, A. B. Barragán Martín, M. del C. Pérez Fuentes, M. del M. Molero Jurado, M. del M. Simón Márquez, &amp; M. </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> (</w:t>
+        <w:t>Cerro Velázquez, F. &amp; Lozano Avilés, A. B. (2022). Diseño y producción de un motor turbofán de aviación civil en realidad aumentada. En Á. Martos Martínez, A. B. Barragán Martín, M. del C. Pérez Fuentes, M. del M. Molero Jurado, M. del M. Simón Márquez, &amp; M. Sisto (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008B420A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Coords</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008B420A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">.), </w:t>
       </w:r>
       <w:r w:rsidRPr="008B420A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Acercamiento multidisciplinar para la investigación e intervención en contextos educativos</w:t>
       </w:r>
       <w:r w:rsidRPr="008B420A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> (pp. 507–516). </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008B420A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Dikynson</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008B420A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-[...9 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="008B420A" w:rsidRPr="000111EA" w:rsidSect="0097152B">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1701" w:bottom="1417" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3C1FA3D1" w14:textId="77777777" w:rsidR="00BA4B2F" w:rsidRDefault="00BA4B2F" w:rsidP="0097152B">
+    <w:p w14:paraId="0968D4AB" w14:textId="77777777" w:rsidR="002B2815" w:rsidRDefault="002B2815" w:rsidP="0097152B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="378ED650" w14:textId="77777777" w:rsidR="00BA4B2F" w:rsidRDefault="00BA4B2F" w:rsidP="0097152B">
+    <w:p w14:paraId="1E92DEF8" w14:textId="77777777" w:rsidR="002B2815" w:rsidRDefault="002B2815" w:rsidP="0097152B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -6130,121 +6117,191 @@
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>13</w:t>
     </w:r>
     <w:r w:rsidR="00AD3654" w:rsidRPr="00F71EA8">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="675EE594" w14:textId="77777777" w:rsidR="00AD3654" w:rsidRDefault="00AD3654">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="3B2F8857" w14:textId="1844DDA6" w:rsidR="000111EA" w:rsidRPr="000111EA" w:rsidRDefault="000111EA" w:rsidP="000111EA">
+  <w:p w14:paraId="3B2F8857" w14:textId="368ACF22" w:rsidR="000111EA" w:rsidRPr="000111EA" w:rsidRDefault="000111EA" w:rsidP="000111EA">
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="1" w:color="000000"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="000000"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="000000"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="000000"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4419"/>
         <w:tab w:val="right" w:pos="8838"/>
       </w:tabs>
       <w:autoSpaceDE w:val="0"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="ko-KR"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="000111EA">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="de-DE" w:eastAsia="ko-KR"/>
       </w:rPr>
-      <w:t xml:space="preserve">RED. Revista de Educación a Distancia. Núm. 66, Vol. 21. Artíc. </w:t>
+      <w:t xml:space="preserve">RED. Revista de Educación a Distancia. Núm. </w:t>
     </w:r>
-    <w:r w:rsidR="00444267">
+    <w:r w:rsidR="009F62B2">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="de-DE" w:eastAsia="ko-KR"/>
       </w:rPr>
+      <w:t>XX</w:t>
+    </w:r>
+    <w:r w:rsidRPr="000111EA">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:val="de-DE" w:eastAsia="ko-KR"/>
+      </w:rPr>
+      <w:t xml:space="preserve">, Vol. </w:t>
+    </w:r>
+    <w:r w:rsidR="009F62B2">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:val="de-DE" w:eastAsia="ko-KR"/>
+      </w:rPr>
+      <w:t>XX</w:t>
+    </w:r>
+    <w:r w:rsidRPr="000111EA">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:val="de-DE" w:eastAsia="ko-KR"/>
+      </w:rPr>
+      <w:t xml:space="preserve">. Artíc. </w:t>
+    </w:r>
+    <w:r w:rsidR="00444267">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:val="de-DE" w:eastAsia="ko-KR"/>
+      </w:rPr>
       <w:t>x</w:t>
     </w:r>
     <w:r w:rsidRPr="000111EA">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="ko-KR"/>
       </w:rPr>
       <w:t xml:space="preserve">, </w:t>
     </w:r>
-    <w:r w:rsidR="00444267">
+    <w:r w:rsidR="009F62B2">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="ko-KR"/>
       </w:rPr>
-      <w:t>xx</w:t>
+      <w:t>dd</w:t>
     </w:r>
     <w:r w:rsidRPr="000111EA">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="ko-KR"/>
       </w:rPr>
-      <w:t>-Abril-2021</w:t>
+      <w:t>-</w:t>
+    </w:r>
+    <w:r w:rsidR="009F62B2">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:eastAsia="ko-KR"/>
+      </w:rPr>
+      <w:t>Mes</w:t>
+    </w:r>
+    <w:r w:rsidRPr="000111EA">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:eastAsia="ko-KR"/>
+      </w:rPr>
+      <w:t>-202</w:t>
+    </w:r>
+    <w:r w:rsidR="009F62B2">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:eastAsia="ko-KR"/>
+      </w:rPr>
+      <w:t>X</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="4DF5B6C4" w14:textId="1D7BA7CD" w:rsidR="0097152B" w:rsidRPr="00444267" w:rsidRDefault="000111EA" w:rsidP="000111EA">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00444267">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="en-GB" w:eastAsia="ko-KR"/>
       </w:rPr>
       <w:t>DOI: http://dx.doi.org/10.6018/red.</w:t>
     </w:r>
     <w:r w:rsidR="00444267" w:rsidRPr="00444267">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -6258,162 +6315,210 @@
     <w:r w:rsidR="00444267">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="en-GB" w:eastAsia="ko-KR"/>
       </w:rPr>
       <w:t>xxxx</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="5555E78B" w14:textId="77777777" w:rsidR="0097152B" w:rsidRPr="00444267" w:rsidRDefault="0097152B">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:rPr>
         <w:lang w:val="en-GB"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="11E2034C" w14:textId="77777777" w:rsidR="00BA4B2F" w:rsidRDefault="00BA4B2F" w:rsidP="0097152B">
+    <w:p w14:paraId="5CE2DEE3" w14:textId="77777777" w:rsidR="002B2815" w:rsidRDefault="002B2815" w:rsidP="0097152B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="283986EF" w14:textId="77777777" w:rsidR="00BA4B2F" w:rsidRDefault="00BA4B2F" w:rsidP="0097152B">
+    <w:p w14:paraId="02B9C0BB" w14:textId="77777777" w:rsidR="002B2815" w:rsidRDefault="002B2815" w:rsidP="0097152B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="65E9991D" w14:textId="7D634E48" w:rsidR="000111EA" w:rsidRPr="000111EA" w:rsidRDefault="000111EA" w:rsidP="000111EA">
+  <w:p w14:paraId="65E9991D" w14:textId="509DDE8C" w:rsidR="000111EA" w:rsidRPr="000111EA" w:rsidRDefault="000111EA" w:rsidP="000111EA">
     <w:pPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:eastAsia="es-MX"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="000111EA">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:eastAsia="es-MX"/>
       </w:rPr>
-      <w:t xml:space="preserve">RED. Revista de Educación a Distancia. Núm. 66, Vol. 21. </w:t>
+      <w:t xml:space="preserve">RED. Revista de Educación a Distancia. Núm. </w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
-    <w:r w:rsidRPr="000111EA">
+    <w:r w:rsidR="009F62B2">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:eastAsia="es-MX"/>
       </w:rPr>
+      <w:t>XX</w:t>
+    </w:r>
+    <w:r w:rsidRPr="000111EA">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:eastAsia="es-MX"/>
+      </w:rPr>
+      <w:t xml:space="preserve">, Vol. </w:t>
+    </w:r>
+    <w:r w:rsidR="009F62B2">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:eastAsia="es-MX"/>
+      </w:rPr>
+      <w:t>XX</w:t>
+    </w:r>
+    <w:r w:rsidRPr="000111EA">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:eastAsia="es-MX"/>
+      </w:rPr>
+      <w:t xml:space="preserve">. </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidRPr="000111EA">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:eastAsia="es-MX"/>
+      </w:rPr>
       <w:t>Artíc</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="000111EA">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:eastAsia="es-MX"/>
       </w:rPr>
       <w:t xml:space="preserve">. </w:t>
     </w:r>
     <w:r w:rsidR="00444267">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:eastAsia="es-MX"/>
       </w:rPr>
       <w:t>X</w:t>
     </w:r>
     <w:r w:rsidRPr="000111EA">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:eastAsia="es-MX"/>
       </w:rPr>
       <w:t xml:space="preserve">, </w:t>
     </w:r>
-    <w:r w:rsidR="00444267">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:r w:rsidR="009F62B2">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:kern w:val="2"/>
         <w:sz w:val="22"/>
-        <w:szCs w:val="22"/>
-[...2 lines deleted...]
-      <w:t>XX</w:t>
+        <w:szCs w:val="18"/>
+        <w:lang w:eastAsia="ko-KR"/>
+      </w:rPr>
+      <w:t>dd</w:t>
     </w:r>
-    <w:r w:rsidRPr="000111EA">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:r w:rsidR="009F62B2" w:rsidRPr="000111EA">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:kern w:val="2"/>
         <w:sz w:val="22"/>
-        <w:szCs w:val="22"/>
-        <w:lang w:eastAsia="es-MX"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:eastAsia="ko-KR"/>
       </w:rPr>
       <w:t>-</w:t>
     </w:r>
-    <w:proofErr w:type="gramStart"/>
-[...2 lines deleted...]
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:r w:rsidR="009F62B2">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:kern w:val="2"/>
         <w:sz w:val="22"/>
-        <w:szCs w:val="22"/>
-[...2 lines deleted...]
-      <w:t>Abril</w:t>
+        <w:szCs w:val="18"/>
+        <w:lang w:eastAsia="ko-KR"/>
+      </w:rPr>
+      <w:t>Mes</w:t>
     </w:r>
-    <w:proofErr w:type="gramEnd"/>
-[...2 lines deleted...]
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:r w:rsidR="009F62B2" w:rsidRPr="000111EA">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:kern w:val="2"/>
         <w:sz w:val="22"/>
-        <w:szCs w:val="22"/>
-[...2 lines deleted...]
-      <w:t xml:space="preserve"> -2021</w:t>
+        <w:szCs w:val="18"/>
+        <w:lang w:eastAsia="ko-KR"/>
+      </w:rPr>
+      <w:t>-202</w:t>
+    </w:r>
+    <w:r w:rsidR="009F62B2">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:eastAsia="ko-KR"/>
+      </w:rPr>
+      <w:t>X</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="4DA3EBCA" w14:textId="31DE1089" w:rsidR="000111EA" w:rsidRPr="00444267" w:rsidRDefault="000111EA" w:rsidP="000111EA">
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="es-MX"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00444267">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="es-MX"/>
       </w:rPr>
       <w:t>DOI: http://dx.doi.org/10.6018/red.</w:t>
     </w:r>
     <w:r w:rsidR="00444267" w:rsidRPr="00444267">
@@ -8168,144 +8273,148 @@
     <w:rsid w:val="00192E1A"/>
     <w:rsid w:val="001A71F4"/>
     <w:rsid w:val="001D2E08"/>
     <w:rsid w:val="001D5079"/>
     <w:rsid w:val="001E3991"/>
     <w:rsid w:val="001E4C56"/>
     <w:rsid w:val="002018DC"/>
     <w:rsid w:val="00204082"/>
     <w:rsid w:val="002179EA"/>
     <w:rsid w:val="00217A5A"/>
     <w:rsid w:val="0022440C"/>
     <w:rsid w:val="00225BBF"/>
     <w:rsid w:val="002374A3"/>
     <w:rsid w:val="00250698"/>
     <w:rsid w:val="00252A7E"/>
     <w:rsid w:val="002543B4"/>
     <w:rsid w:val="002602C3"/>
     <w:rsid w:val="00261B08"/>
     <w:rsid w:val="002641F0"/>
     <w:rsid w:val="00264579"/>
     <w:rsid w:val="00274FBA"/>
     <w:rsid w:val="00290C3C"/>
     <w:rsid w:val="002A2CE0"/>
     <w:rsid w:val="002A5CBA"/>
     <w:rsid w:val="002B1854"/>
+    <w:rsid w:val="002B2815"/>
     <w:rsid w:val="002B290E"/>
     <w:rsid w:val="002B4F45"/>
     <w:rsid w:val="002B6023"/>
     <w:rsid w:val="002C4439"/>
     <w:rsid w:val="002E0674"/>
     <w:rsid w:val="002E6953"/>
     <w:rsid w:val="00302D13"/>
     <w:rsid w:val="00312678"/>
     <w:rsid w:val="00312AE1"/>
     <w:rsid w:val="00314889"/>
     <w:rsid w:val="00317F3C"/>
     <w:rsid w:val="00331302"/>
     <w:rsid w:val="003413F4"/>
     <w:rsid w:val="003760F0"/>
     <w:rsid w:val="0038565E"/>
     <w:rsid w:val="003915C3"/>
     <w:rsid w:val="003A09D0"/>
     <w:rsid w:val="003B142C"/>
     <w:rsid w:val="003B357F"/>
     <w:rsid w:val="003B6AB2"/>
     <w:rsid w:val="003D5648"/>
     <w:rsid w:val="003D7200"/>
     <w:rsid w:val="003E5219"/>
     <w:rsid w:val="00402445"/>
     <w:rsid w:val="0040721B"/>
     <w:rsid w:val="00416D36"/>
     <w:rsid w:val="00420D59"/>
     <w:rsid w:val="004252B9"/>
+    <w:rsid w:val="00425997"/>
     <w:rsid w:val="00431303"/>
     <w:rsid w:val="00435388"/>
     <w:rsid w:val="0043634D"/>
     <w:rsid w:val="00444267"/>
     <w:rsid w:val="00452803"/>
     <w:rsid w:val="00464D66"/>
     <w:rsid w:val="004704F4"/>
     <w:rsid w:val="00477E12"/>
     <w:rsid w:val="00480FBE"/>
     <w:rsid w:val="00483B5B"/>
     <w:rsid w:val="004968B2"/>
     <w:rsid w:val="004A709A"/>
     <w:rsid w:val="004B3019"/>
     <w:rsid w:val="004B3C42"/>
     <w:rsid w:val="004C323A"/>
     <w:rsid w:val="004E1035"/>
     <w:rsid w:val="004F1C4B"/>
     <w:rsid w:val="004F33A5"/>
     <w:rsid w:val="004F5DC4"/>
     <w:rsid w:val="00505563"/>
     <w:rsid w:val="00506CD9"/>
     <w:rsid w:val="00507F85"/>
     <w:rsid w:val="00512BF9"/>
     <w:rsid w:val="00516087"/>
     <w:rsid w:val="0056212F"/>
     <w:rsid w:val="005738E9"/>
     <w:rsid w:val="00580E2F"/>
     <w:rsid w:val="0059339D"/>
     <w:rsid w:val="0059489D"/>
+    <w:rsid w:val="005A159A"/>
     <w:rsid w:val="005A31C0"/>
     <w:rsid w:val="005A6016"/>
     <w:rsid w:val="005B3264"/>
     <w:rsid w:val="005C4BDA"/>
     <w:rsid w:val="005D6B72"/>
     <w:rsid w:val="005E013F"/>
     <w:rsid w:val="0060088B"/>
     <w:rsid w:val="00621DD8"/>
     <w:rsid w:val="006247D6"/>
     <w:rsid w:val="00634244"/>
     <w:rsid w:val="00645372"/>
     <w:rsid w:val="0064709F"/>
     <w:rsid w:val="00655826"/>
     <w:rsid w:val="00665A55"/>
     <w:rsid w:val="006673A1"/>
     <w:rsid w:val="00670E77"/>
     <w:rsid w:val="0067346B"/>
     <w:rsid w:val="006904A5"/>
     <w:rsid w:val="00691EA7"/>
     <w:rsid w:val="006929BC"/>
     <w:rsid w:val="00693039"/>
     <w:rsid w:val="00693FE2"/>
     <w:rsid w:val="006A38A6"/>
     <w:rsid w:val="006B1B4D"/>
     <w:rsid w:val="006C1067"/>
     <w:rsid w:val="006D5069"/>
     <w:rsid w:val="006E0EE9"/>
     <w:rsid w:val="006E26D8"/>
     <w:rsid w:val="006E5579"/>
     <w:rsid w:val="006E610F"/>
     <w:rsid w:val="006E6330"/>
     <w:rsid w:val="006F1017"/>
     <w:rsid w:val="006F4CE8"/>
     <w:rsid w:val="006F5B21"/>
     <w:rsid w:val="006F724C"/>
     <w:rsid w:val="0070519E"/>
     <w:rsid w:val="0072319F"/>
+    <w:rsid w:val="007334C5"/>
     <w:rsid w:val="00735CB1"/>
     <w:rsid w:val="007364AE"/>
     <w:rsid w:val="00746663"/>
     <w:rsid w:val="007548CD"/>
     <w:rsid w:val="0075696B"/>
     <w:rsid w:val="00761F77"/>
     <w:rsid w:val="0076740C"/>
     <w:rsid w:val="00770E38"/>
     <w:rsid w:val="007952F1"/>
     <w:rsid w:val="00795813"/>
     <w:rsid w:val="00795E07"/>
     <w:rsid w:val="007976AD"/>
     <w:rsid w:val="007A7C50"/>
     <w:rsid w:val="007B78AB"/>
     <w:rsid w:val="007B7CED"/>
     <w:rsid w:val="007C4A90"/>
     <w:rsid w:val="007D3383"/>
     <w:rsid w:val="007D340E"/>
     <w:rsid w:val="007E55B3"/>
     <w:rsid w:val="007F1AA0"/>
     <w:rsid w:val="007F29F9"/>
     <w:rsid w:val="007F6459"/>
     <w:rsid w:val="00804C79"/>
     <w:rsid w:val="008173F4"/>
     <w:rsid w:val="00825BE6"/>
@@ -8330,50 +8439,51 @@
     <w:rsid w:val="008E4360"/>
     <w:rsid w:val="008F1101"/>
     <w:rsid w:val="009004FE"/>
     <w:rsid w:val="00904E00"/>
     <w:rsid w:val="00942B44"/>
     <w:rsid w:val="0094541E"/>
     <w:rsid w:val="00956DCF"/>
     <w:rsid w:val="0097152B"/>
     <w:rsid w:val="00981A09"/>
     <w:rsid w:val="0098447C"/>
     <w:rsid w:val="009854C0"/>
     <w:rsid w:val="00986D17"/>
     <w:rsid w:val="00986F67"/>
     <w:rsid w:val="0099225D"/>
     <w:rsid w:val="00992B22"/>
     <w:rsid w:val="00997E0D"/>
     <w:rsid w:val="009A232B"/>
     <w:rsid w:val="009A2A6C"/>
     <w:rsid w:val="009B7381"/>
     <w:rsid w:val="009C1939"/>
     <w:rsid w:val="009C1F1A"/>
     <w:rsid w:val="009C35BD"/>
     <w:rsid w:val="009E5B05"/>
     <w:rsid w:val="009F4633"/>
     <w:rsid w:val="009F4FCF"/>
+    <w:rsid w:val="009F62B2"/>
     <w:rsid w:val="00A01EFB"/>
     <w:rsid w:val="00A03EC0"/>
     <w:rsid w:val="00A06289"/>
     <w:rsid w:val="00A064A2"/>
     <w:rsid w:val="00A11094"/>
     <w:rsid w:val="00A24875"/>
     <w:rsid w:val="00A27D7F"/>
     <w:rsid w:val="00A36883"/>
     <w:rsid w:val="00A42124"/>
     <w:rsid w:val="00A43656"/>
     <w:rsid w:val="00A46A5D"/>
     <w:rsid w:val="00A475EC"/>
     <w:rsid w:val="00A60D9F"/>
     <w:rsid w:val="00A66207"/>
     <w:rsid w:val="00A66D9D"/>
     <w:rsid w:val="00A921A4"/>
     <w:rsid w:val="00A94680"/>
     <w:rsid w:val="00AA21F1"/>
     <w:rsid w:val="00AB7C4B"/>
     <w:rsid w:val="00AC0B14"/>
     <w:rsid w:val="00AD3654"/>
     <w:rsid w:val="00AE2BA6"/>
     <w:rsid w:val="00AE63FE"/>
     <w:rsid w:val="00AF5CB3"/>
     <w:rsid w:val="00B05E8D"/>
@@ -8410,50 +8520,51 @@
     <w:rsid w:val="00C926A2"/>
     <w:rsid w:val="00CA360B"/>
     <w:rsid w:val="00CC0C97"/>
     <w:rsid w:val="00CE0324"/>
     <w:rsid w:val="00CE15E6"/>
     <w:rsid w:val="00CE35D2"/>
     <w:rsid w:val="00CF0691"/>
     <w:rsid w:val="00CF26A6"/>
     <w:rsid w:val="00CF5133"/>
     <w:rsid w:val="00D01D43"/>
     <w:rsid w:val="00D10D45"/>
     <w:rsid w:val="00D15C28"/>
     <w:rsid w:val="00D53C85"/>
     <w:rsid w:val="00D63A3C"/>
     <w:rsid w:val="00D70962"/>
     <w:rsid w:val="00D752E1"/>
     <w:rsid w:val="00D753E1"/>
     <w:rsid w:val="00D77159"/>
     <w:rsid w:val="00D77256"/>
     <w:rsid w:val="00D80660"/>
     <w:rsid w:val="00D9044E"/>
     <w:rsid w:val="00D95C91"/>
     <w:rsid w:val="00DB2344"/>
     <w:rsid w:val="00DB47A5"/>
     <w:rsid w:val="00DD5CA0"/>
+    <w:rsid w:val="00DD7E23"/>
     <w:rsid w:val="00DE5968"/>
     <w:rsid w:val="00E22008"/>
     <w:rsid w:val="00E26795"/>
     <w:rsid w:val="00E2744D"/>
     <w:rsid w:val="00E27B6E"/>
     <w:rsid w:val="00E32B24"/>
     <w:rsid w:val="00E349C0"/>
     <w:rsid w:val="00E36C89"/>
     <w:rsid w:val="00E46F35"/>
     <w:rsid w:val="00E47BCE"/>
     <w:rsid w:val="00E52F07"/>
     <w:rsid w:val="00E53D14"/>
     <w:rsid w:val="00E726A7"/>
     <w:rsid w:val="00E75CFF"/>
     <w:rsid w:val="00E7636A"/>
     <w:rsid w:val="00E9113B"/>
     <w:rsid w:val="00E9315A"/>
     <w:rsid w:val="00E9684E"/>
     <w:rsid w:val="00EA06AC"/>
     <w:rsid w:val="00EA348B"/>
     <w:rsid w:val="00EA6CE5"/>
     <w:rsid w:val="00EB240D"/>
     <w:rsid w:val="00EC4341"/>
     <w:rsid w:val="00EF188A"/>
     <w:rsid w:val="00EF5201"/>
@@ -8937,51 +9048,50 @@
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo2Car"/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="008603F3"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
@@ -9966,67 +10076,67 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>823</Words>
-  <Characters>4531</Characters>
+  <Words>860</Words>
+  <Characters>4567</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>37</Lines>
-  <Paragraphs>10</Paragraphs>
+  <Lines>253</Lines>
+  <Paragraphs>169</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>PRÁCTICAS DE INNOVACIÓN UNIVERSITARIA SOBRE LAS VENTAJAS Y DEBILIDADES EDUCATIVAS DE LOS ENTORNOS MOOC</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>GP</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5344</CharactersWithSpaces>
+  <CharactersWithSpaces>5258</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>PRÁCTICAS DE INNOVACIÓN UNIVERSITARIA SOBRE LAS VENTAJAS Y DEBILIDADES EDUCATIVAS DE LOS ENTORNOS MOOC</dc:title>
   <dc:creator>Usuario de Windows</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>